--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,107 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>52.89</t>
   </si>
   <si>
     <t>47.22</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
-    <t>1:03.83</t>
+    <t>1:00.51</t>
   </si>
   <si>
     <t>55.86</t>
   </si>
   <si>
+    <t>Андрей Колеватых</t>
+  </si>
+  <si>
+    <t>1:09.37</t>
+  </si>
+  <si>
+    <t>1:02.59</t>
+  </si>
+  <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
-    <t>1:11.09</t>
-[...2 lines deleted...]
-    <t>1:08.30</t>
+    <t>1:09.69</t>
+  </si>
+  <si>
+    <t>59.63</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>1:14.68</t>
-[...11 lines deleted...]
-    <t>1:11.23</t>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>1:20.67</t>
   </si>
   <si>
     <t>1:15.81</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>1:36.91</t>
   </si>
@@ -128,120 +128,123 @@
   <si>
     <t>1:29.05</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>1:47.17</t>
   </si>
   <si>
     <t>1:34.65</t>
   </si>
   <si>
     <t>Степан Кобелев</t>
   </si>
   <si>
     <t>1:50.46</t>
   </si>
   <si>
     <t>1:39.59</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>1:53.44</t>
-[...2 lines deleted...]
-    <t>1:41.29</t>
+    <t>1:57.04</t>
+  </si>
+  <si>
+    <t>1:47.63</t>
   </si>
   <si>
     <t>Антон Лагунов</t>
   </si>
   <si>
-    <t>1:55.47</t>
+    <t>1:58.21</t>
   </si>
   <si>
     <t>1:32.49</t>
   </si>
   <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>2:01.50</t>
   </si>
   <si>
     <t>1:49.47</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>2:03.24</t>
   </si>
   <si>
     <t>1:58.53</t>
   </si>
   <si>
+    <t>Григорий Чуваков</t>
+  </si>
+  <si>
+    <t>2:14.04</t>
+  </si>
+  <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>2:43.36</t>
   </si>
   <si>
-    <t>Григорий Чуваков</t>
-[...4 lines deleted...]
-  <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>3:18.10</t>
   </si>
   <si>
     <t>Тимур Братухин</t>
   </si>
   <si>
     <t>3:28.57</t>
   </si>
   <si>
     <t>Николай Котов</t>
   </si>
   <si>
     <t>3:30.18</t>
   </si>
   <si>
+    <t>Владислав Овсяников</t>
+  </si>
+  <si>
+    <t>3:32.98</t>
+  </si>
+  <si>
     <t>Ростислав Бурков</t>
   </si>
   <si>
     <t>3:36.88</t>
-  </si>
-[...1 lines deleted...]
-    <t>Владислав Овсяников</t>
   </si>
   <si>
     <t>Дмитрий Ишуткин</t>
   </si>
   <si>
     <t>Иван Асатрян</t>
   </si>
   <si>
     <t>Олег Меньшиков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -875,70 +878,76 @@
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>57</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
+      <c r="A23">
+        <v>22</v>
+      </c>
       <c r="B23" t="s">
         <v>61</v>
       </c>
       <c r="C23" s="1"/>
+      <c r="D23" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="B24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C24" s="1"/>
     </row>
     <row r="25" spans="1:4">
       <c r="B25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C25" s="1"/>
     </row>
     <row r="26" spans="1:4">
       <c r="B26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C26" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>