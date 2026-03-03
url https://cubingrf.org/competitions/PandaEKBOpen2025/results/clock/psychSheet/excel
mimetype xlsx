--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -53,276 +53,276 @@
   <si>
     <t>4.29</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>8.97</t>
   </si>
   <si>
     <t>7.39</t>
   </si>
   <si>
+    <t>Таир Дадашев</t>
+  </si>
+  <si>
+    <t>9.16</t>
+  </si>
+  <si>
+    <t>7.27</t>
+  </si>
+  <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
-    <t>Таир Дадашев</t>
-[...7 lines deleted...]
-  <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>10.58</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>9.86</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
-    <t>14.77</t>
+    <t>14.44</t>
   </si>
   <si>
     <t>8.61</t>
   </si>
   <si>
+    <t>Тимур Братухин</t>
+  </si>
+  <si>
+    <t>14.51</t>
+  </si>
+  <si>
+    <t>13.02</t>
+  </si>
+  <si>
+    <t>Григорий Чуваков</t>
+  </si>
+  <si>
+    <t>14.69</t>
+  </si>
+  <si>
+    <t>13.77</t>
+  </si>
+  <si>
+    <t>Фёдор Артамонов</t>
+  </si>
+  <si>
+    <t>15.57</t>
+  </si>
+  <si>
+    <t>Владимир Кочергин</t>
+  </si>
+  <si>
+    <t>16.22</t>
+  </si>
+  <si>
+    <t>13.98</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>16.24</t>
+  </si>
+  <si>
+    <t>14.85</t>
+  </si>
+  <si>
+    <t>Юлия Дерновая</t>
+  </si>
+  <si>
+    <t>16.27</t>
+  </si>
+  <si>
+    <t>12.74</t>
+  </si>
+  <si>
+    <t>Александр Кашпаров</t>
+  </si>
+  <si>
+    <t>17.16</t>
+  </si>
+  <si>
+    <t>15.51</t>
+  </si>
+  <si>
+    <t>Антон Лагунов</t>
+  </si>
+  <si>
+    <t>18.43</t>
+  </si>
+  <si>
+    <t>15.82</t>
+  </si>
+  <si>
+    <t>Василий Стасьев</t>
+  </si>
+  <si>
+    <t>18.60</t>
+  </si>
+  <si>
+    <t>16.11</t>
+  </si>
+  <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>18.79</t>
+  </si>
+  <si>
+    <t>16.56</t>
+  </si>
+  <si>
+    <t>Дмитрий Зимин</t>
+  </si>
+  <si>
+    <t>20.18</t>
+  </si>
+  <si>
+    <t>17.86</t>
+  </si>
+  <si>
     <t>Андрей Колеватых</t>
   </si>
   <si>
-    <t>15.01</t>
-[...89 lines deleted...]
-    <t>18.11</t>
+    <t>20.80</t>
+  </si>
+  <si>
+    <t>12.77</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>21.49</t>
   </si>
   <si>
     <t>17.66</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
-    <t>22.44</t>
+    <t>22.38</t>
   </si>
   <si>
     <t>17.95</t>
   </si>
   <si>
     <t>Федор Савин</t>
   </si>
   <si>
     <t>27.20</t>
   </si>
   <si>
     <t>23.93</t>
   </si>
   <si>
+    <t>Игорь Кильченко</t>
+  </si>
+  <si>
+    <t>27.57</t>
+  </si>
+  <si>
+    <t>22.65</t>
+  </si>
+  <si>
     <t>Евгения Бармина</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
-    <t>24.38</t>
+    <t>23.60</t>
   </si>
   <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>27.94</t>
   </si>
   <si>
     <t>23.72</t>
   </si>
   <si>
     <t>Дмитрий Балуев</t>
   </si>
   <si>
     <t>28.21</t>
   </si>
   <si>
     <t>25.27</t>
   </si>
   <si>
     <t>Роман Михеев</t>
   </si>
   <si>
     <t>31.84</t>
   </si>
   <si>
     <t>30.18</t>
-  </si>
-[...16 lines deleted...]
-    <t>34.12</t>
   </si>
   <si>
     <t>Прохор Шепелев</t>
   </si>
   <si>
     <t>48.21</t>
   </si>
   <si>
     <t>Иван Борчанинов</t>
   </si>
   <si>
     <t>Олег Меньшиков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>