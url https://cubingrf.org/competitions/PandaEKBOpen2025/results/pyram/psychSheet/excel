--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,554 +12,557 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>2.71</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
-    <t>Andrey Kolevatykh</t>
-[...2 lines deleted...]
-    <t>4.34</t>
+    <t>Николай Котов</t>
+  </si>
+  <si>
+    <t>4.35</t>
+  </si>
+  <si>
+    <t>3.10</t>
+  </si>
+  <si>
+    <t>Степан Щевелёв</t>
+  </si>
+  <si>
+    <t>4.39</t>
+  </si>
+  <si>
+    <t>2.27</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>4.62</t>
+  </si>
+  <si>
+    <t>2.17</t>
+  </si>
+  <si>
+    <t>Андрей Колеватых</t>
+  </si>
+  <si>
+    <t>4.77</t>
   </si>
   <si>
     <t>2.99</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
-[...35 lines deleted...]
-    <t>Stepan Kobelev</t>
+    <t>Степан Кобелев</t>
   </si>
   <si>
     <t>5.55</t>
   </si>
   <si>
     <t>3.88</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>5.80</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
-[...8 lines deleted...]
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Egor Gushchin</t>
+    <t>Дмитрий Сидоренко</t>
+  </si>
+  <si>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>Егор Гущин</t>
   </si>
   <si>
     <t>6.80</t>
   </si>
   <si>
     <t>4.37</t>
   </si>
   <si>
-    <t>Julia Dernovaya</t>
+    <t>Владислав Овсяников</t>
+  </si>
+  <si>
+    <t>6.87</t>
+  </si>
+  <si>
+    <t>6.49</t>
+  </si>
+  <si>
+    <t>Василий Стасьев</t>
+  </si>
+  <si>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>Матвей Бурков</t>
+  </si>
+  <si>
+    <t>7.96</t>
+  </si>
+  <si>
+    <t>4.23</t>
+  </si>
+  <si>
+    <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
-    <t>Dmitriy Duganov</t>
+    <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>8.81</t>
   </si>
   <si>
     <t>7.21</t>
   </si>
   <si>
-    <t>Anton Lagunov</t>
+    <t>Антон Лагунов</t>
+  </si>
+  <si>
+    <t>9.16</t>
+  </si>
+  <si>
+    <t>7.44</t>
+  </si>
+  <si>
+    <t>Егор Мелкозеров</t>
+  </si>
+  <si>
+    <t>9.46</t>
+  </si>
+  <si>
+    <t>3.64</t>
+  </si>
+  <si>
+    <t>Семён Рудик</t>
+  </si>
+  <si>
+    <t>4.84</t>
+  </si>
+  <si>
+    <t>Иван Туркин</t>
+  </si>
+  <si>
+    <t>9.52</t>
+  </si>
+  <si>
+    <t>6.86</t>
+  </si>
+  <si>
+    <t>Степан Дементьев</t>
+  </si>
+  <si>
+    <t>9.88</t>
+  </si>
+  <si>
+    <t>6.88</t>
+  </si>
+  <si>
+    <t>Тимофей Доронин</t>
+  </si>
+  <si>
+    <t>10.19</t>
+  </si>
+  <si>
+    <t>8.71</t>
+  </si>
+  <si>
+    <t>Дмитрий Зимин</t>
+  </si>
+  <si>
+    <t>10.23</t>
+  </si>
+  <si>
+    <t>7.84</t>
+  </si>
+  <si>
+    <t>Григорий Чуваков</t>
+  </si>
+  <si>
+    <t>10.40</t>
+  </si>
+  <si>
+    <t>6.73</t>
+  </si>
+  <si>
+    <t>Тимур Братухин</t>
+  </si>
+  <si>
+    <t>11.29</t>
+  </si>
+  <si>
+    <t>6.31</t>
+  </si>
+  <si>
+    <t>Владимир Кочергин</t>
+  </si>
+  <si>
+    <t>11.54</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
-    <t>6.62</t>
-[...56 lines deleted...]
-    <t>11.13</t>
+    <t>Иван Асатрян</t>
+  </si>
+  <si>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>10.51</t>
+  </si>
+  <si>
+    <t>Таир Дадашев</t>
+  </si>
+  <si>
+    <t>11.79</t>
+  </si>
+  <si>
+    <t>5.87</t>
+  </si>
+  <si>
+    <t>Мария Емшанова</t>
+  </si>
+  <si>
+    <t>11.81</t>
+  </si>
+  <si>
+    <t>7.33</t>
+  </si>
+  <si>
+    <t>Артëм Селиванов</t>
+  </si>
+  <si>
+    <t>12.13</t>
+  </si>
+  <si>
+    <t>7.13</t>
+  </si>
+  <si>
+    <t>Егор Сащенко</t>
+  </si>
+  <si>
+    <t>12.37</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>Алексей Барвинк</t>
+  </si>
+  <si>
+    <t>12.95</t>
+  </si>
+  <si>
+    <t>7.43</t>
+  </si>
+  <si>
+    <t>Тимофей Карандашов</t>
+  </si>
+  <si>
+    <t>13.32</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
-    <t>Timur Bratukhin</t>
-[...32 lines deleted...]
-    <t>Tair Dadashev</t>
+    <t>Лаврентий Бурков</t>
+  </si>
+  <si>
+    <t>13.54</t>
+  </si>
+  <si>
+    <t>9.96</t>
+  </si>
+  <si>
+    <t>Владимир Самойлов</t>
+  </si>
+  <si>
+    <t>13.75</t>
+  </si>
+  <si>
+    <t>Александр Кашпаров</t>
+  </si>
+  <si>
+    <t>13.94</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>Николай Кустов</t>
+  </si>
+  <si>
+    <t>14.02</t>
   </si>
   <si>
     <t>11.93</t>
   </si>
   <si>
-    <t>7.70</t>
-[...47 lines deleted...]
-    <t>Fedor Savin</t>
+    <t>Федор Савин</t>
   </si>
   <si>
     <t>14.09</t>
   </si>
   <si>
     <t>6.92</t>
   </si>
   <si>
-    <t>Matvey Prytkov</t>
+    <t>Матвей Прытков</t>
   </si>
   <si>
     <t>14.63</t>
   </si>
   <si>
     <t>7.94</t>
   </si>
   <si>
-    <t>Grigorii Chuvakov</t>
-[...26 lines deleted...]
-    <t>Svetlana Duganova</t>
+    <t>Ростислав Бурков</t>
+  </si>
+  <si>
+    <t>15.62</t>
+  </si>
+  <si>
+    <t>10.74</t>
+  </si>
+  <si>
+    <t>Светлана Дуганова</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
-    <t>13.86</t>
-[...2 lines deleted...]
-    <t>Dmitry Baluev</t>
+    <t>10.64</t>
+  </si>
+  <si>
+    <t>Дмитрий Балуев</t>
   </si>
   <si>
     <t>16.77</t>
   </si>
   <si>
     <t>13.68</t>
   </si>
   <si>
-    <t>Evgenia Barmina</t>
+    <t>Евгения Бармина</t>
   </si>
   <si>
     <t>16.93</t>
   </si>
   <si>
-    <t>Artem Aliev</t>
+    <t>9.39</t>
+  </si>
+  <si>
+    <t>Артём Алиев</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>13.80</t>
   </si>
   <si>
-    <t>Nikolay Kustov</t>
-[...17 lines deleted...]
-    <t>Nikita Ushakov</t>
+    <t>Никита Ушаков</t>
   </si>
   <si>
     <t>19.35</t>
   </si>
   <si>
     <t>17.24</t>
   </si>
   <si>
-    <t>Dmitry Ishutkin</t>
+    <t>Дмитрий Ишуткин</t>
   </si>
   <si>
     <t>19.72</t>
   </si>
   <si>
     <t>10.02</t>
   </si>
   <si>
-    <t>Rostislav Burkov</t>
-[...8 lines deleted...]
-    <t>Kirill Gadeev</t>
+    <t>Степан Приданников</t>
+  </si>
+  <si>
+    <t>20.65</t>
+  </si>
+  <si>
+    <t>15.39</t>
+  </si>
+  <si>
+    <t>Кирилл Гадеев</t>
   </si>
   <si>
     <t>21.46</t>
   </si>
   <si>
     <t>17.29</t>
   </si>
   <si>
-    <t>Ilya Isaev</t>
+    <t>Илья Исаев</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
     <t>16.36</t>
   </si>
   <si>
-    <t>Felix Absatarov</t>
+    <t>Феликс Абсатаров</t>
   </si>
   <si>
     <t>22.30</t>
   </si>
   <si>
     <t>14.44</t>
   </si>
   <si>
-    <t>Taya Pivnik</t>
+    <t>Таисия Пивник</t>
   </si>
   <si>
     <t>22.83</t>
   </si>
   <si>
     <t>19.71</t>
   </si>
   <si>
-    <t>Prohor Shepelev</t>
+    <t>Прохор Шепелев</t>
   </si>
   <si>
     <t>25.25</t>
   </si>
   <si>
     <t>22.18</t>
   </si>
   <si>
-    <t>Stepan Pridannikov</t>
-[...17 lines deleted...]
-    <t>Aleksandr Gushchin</t>
+    <t>Игорь Кильченко</t>
+  </si>
+  <si>
+    <t>28.58</t>
+  </si>
+  <si>
+    <t>15.47</t>
+  </si>
+  <si>
+    <t>Александр Гущин</t>
   </si>
   <si>
     <t>36.41</t>
   </si>
   <si>
     <t>25.31</t>
   </si>
   <si>
-    <t>Oleg Menshikov</t>
+    <t>Олег Меньшиков</t>
   </si>
   <si>
     <t>38.12</t>
   </si>
   <si>
     <t>20.92</t>
   </si>
   <si>
-    <t>Mikhail Koviazin</t>
-[...2 lines deleted...]
-    <t>Nikita Shagapov</t>
+    <t>Михаил Ковязин</t>
+  </si>
+  <si>
+    <t>Никита Шагапов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -882,53 +885,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C58" sqref="C58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1133,79 +1136,79 @@
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
@@ -1234,205 +1237,205 @@
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>67</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D37" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>110</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>111</v>
@@ -1458,272 +1461,272 @@
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D40" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>84</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D50" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D53" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D54" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D56" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="B57" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C57" s="1"/>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C58" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>