--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -17,471 +17,471 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Артём Сосновских</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Лев Брусков</t>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>14.15</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
-    <t>Андрей Колеватых</t>
+    <t>Andrey Kolevatykh</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
     <t>10.59</t>
   </si>
   <si>
-    <t>Дмитрий Душейко</t>
+    <t>Dmitrii Dusheiko</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
+    <t>Darya Belonogova</t>
   </si>
   <si>
     <t>15.94</t>
   </si>
   <si>
     <t>13.75</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
+    <t>Anna Duganova</t>
   </si>
   <si>
     <t>20.57</t>
   </si>
   <si>
     <t>18.85</t>
   </si>
   <si>
-    <t>Николай Катаев</t>
+    <t>Nikolay Kataev</t>
   </si>
   <si>
     <t>20.58</t>
   </si>
   <si>
     <t>16.54</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
+    <t>Artur Khamzin</t>
   </si>
   <si>
     <t>21.73</t>
   </si>
   <si>
     <t>17.28</t>
   </si>
   <si>
-    <t>Дмитрий Сидоренко</t>
+    <t>Dmitry Sidorenko</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>16.65</t>
   </si>
   <si>
-    <t>Анна Фомина</t>
+    <t>Anna Fomina</t>
   </si>
   <si>
     <t>22.64</t>
   </si>
   <si>
     <t>17.76</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Владимир Лебедев</t>
+    <t>Vladimir Lebedev</t>
   </si>
   <si>
     <t>23.45</t>
   </si>
   <si>
     <t>19.55</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Матвей Бурков</t>
+    <t>Matvey Burkov</t>
   </si>
   <si>
     <t>27.32</t>
   </si>
   <si>
     <t>21.14</t>
   </si>
   <si>
-    <t>Данил Зубков</t>
+    <t>Danil Zubkov</t>
   </si>
   <si>
     <t>27.66</t>
   </si>
   <si>
     <t>23.35</t>
   </si>
   <si>
-    <t>Максим Бреднев</t>
-[...8 lines deleted...]
-    <t>Иван Швитд</t>
+    <t>Maxim Brednev</t>
+  </si>
+  <si>
+    <t>27.74</t>
+  </si>
+  <si>
+    <t>22.15</t>
+  </si>
+  <si>
+    <t>Ivan Shvitd</t>
   </si>
   <si>
     <t>30.29</t>
   </si>
   <si>
     <t>24.76</t>
   </si>
   <si>
-    <t>Матвей Прытков</t>
+    <t>Matvey Prytkov</t>
   </si>
   <si>
     <t>31.06</t>
   </si>
   <si>
     <t>28.81</t>
   </si>
   <si>
-    <t>Семён Рудик</t>
+    <t>Semën Rudik</t>
   </si>
   <si>
     <t>32.55</t>
   </si>
   <si>
     <t>28.70</t>
   </si>
   <si>
-    <t>Никита Кудряшов</t>
+    <t>Nikita Kudryashov</t>
   </si>
   <si>
     <t>32.75</t>
   </si>
   <si>
     <t>28.86</t>
   </si>
   <si>
-    <t>Владимир Кочергин</t>
+    <t>Vladimir Kochergin</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
     <t>25.90</t>
   </si>
   <si>
-    <t>Таир Дадашев</t>
+    <t>Tair Dadashev</t>
   </si>
   <si>
     <t>35.27</t>
   </si>
   <si>
     <t>27.58</t>
   </si>
   <si>
-    <t>Антон Лагунов</t>
-[...2 lines deleted...]
-    <t>35.82</t>
+    <t>Vasily Stasyev</t>
+  </si>
+  <si>
+    <t>35.85</t>
+  </si>
+  <si>
+    <t>32.18</t>
+  </si>
+  <si>
+    <t>Vladislav Ovsanikov</t>
+  </si>
+  <si>
+    <t>36.99</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>Anton Lagunov</t>
+  </si>
+  <si>
+    <t>37.61</t>
   </si>
   <si>
     <t>28.47</t>
   </si>
   <si>
-    <t>Василий Стасьев</t>
-[...20 lines deleted...]
-    <t>39.11</t>
+    <t>Ilia Krutov</t>
+  </si>
+  <si>
+    <t>39.72</t>
+  </si>
+  <si>
+    <t>29.84</t>
+  </si>
+  <si>
+    <t>Daniiar Tagirov</t>
+  </si>
+  <si>
+    <t>40.88</t>
+  </si>
+  <si>
+    <t>39.04</t>
+  </si>
+  <si>
+    <t>Kirill Abrosimov</t>
+  </si>
+  <si>
+    <t>40.99</t>
+  </si>
+  <si>
+    <t>30.69</t>
+  </si>
+  <si>
+    <t>Grigorii Chuvakov</t>
+  </si>
+  <si>
+    <t>41.34</t>
+  </si>
+  <si>
+    <t>37.12</t>
+  </si>
+  <si>
+    <t>Nikolay Kotov</t>
+  </si>
+  <si>
+    <t>41.45</t>
+  </si>
+  <si>
+    <t>31.39</t>
+  </si>
+  <si>
+    <t>Rostislav Burkov</t>
+  </si>
+  <si>
+    <t>42.45</t>
+  </si>
+  <si>
+    <t>31.47</t>
+  </si>
+  <si>
+    <t>Stepan Kobelev</t>
+  </si>
+  <si>
+    <t>42.72</t>
   </si>
   <si>
     <t>29.95</t>
   </si>
   <si>
-    <t>Илья Крутов</t>
-[...53 lines deleted...]
-    <t>Михаил Замятин</t>
+    <t>Mikhail Zamyatin</t>
   </si>
   <si>
     <t>47.83</t>
   </si>
   <si>
     <t>39.25</t>
   </si>
   <si>
-    <t>Александр Кашпаров</t>
+    <t>Aleksandr Kashparov</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
     <t>41.44</t>
   </si>
   <si>
-    <t>Николай Кустов</t>
-[...8 lines deleted...]
-    <t>Егор Мелкозеров</t>
+    <t>Egor Melkozerov</t>
   </si>
   <si>
     <t>1:00.70</t>
   </si>
   <si>
     <t>41.90</t>
   </si>
   <si>
-    <t>Екатерина Александрова</t>
+    <t>Ekaterina Alexandrova</t>
+  </si>
+  <si>
+    <t>1:01.59</t>
   </si>
   <si>
     <t>47.10</t>
   </si>
   <si>
-    <t>Мария Емшанова</t>
+    <t>Maria Emshanova</t>
   </si>
   <si>
     <t>49.80</t>
   </si>
   <si>
-    <t>Фёдор Артамонов</t>
+    <t>Fedor Artamonov</t>
   </si>
   <si>
     <t>50.33</t>
   </si>
   <si>
-    <t>Егор Шевченко</t>
+    <t>Egor Shevchenko</t>
   </si>
   <si>
     <t>51.40</t>
   </si>
   <si>
-    <t>Владимир Самойлов</t>
+    <t>Nikolay Kustov</t>
+  </si>
+  <si>
+    <t>53.71</t>
+  </si>
+  <si>
+    <t>Vladimir Samoilov</t>
   </si>
   <si>
     <t>59.77</t>
   </si>
   <si>
-    <t>Тимур Братухин</t>
+    <t>Timur Bratukhin</t>
   </si>
   <si>
     <t>1:01.44</t>
   </si>
   <si>
-    <t>Святослав Целищев</t>
+    <t>Svyatoslav Celishchev</t>
   </si>
   <si>
     <t>1:08.09</t>
   </si>
   <si>
-    <t>Софья Габова</t>
+    <t>Sofia Gabova</t>
   </si>
   <si>
     <t>1:28.72</t>
   </si>
   <si>
-    <t>Федор Савин</t>
+    <t>Fedor Savin</t>
   </si>
   <si>
     <t>1:48.15</t>
   </si>
   <si>
-    <t>Варвара Мишарина</t>
+    <t>VARVARA MISHARINA</t>
   </si>
   <si>
     <t>2:20.84</t>
   </si>
   <si>
-    <t>Александр Ковин</t>
-[...8 lines deleted...]
-    <t>Лаврентий Бурков</t>
+    <t>Alexander Kovin</t>
+  </si>
+  <si>
+    <t>Artem Martirosyan</t>
+  </si>
+  <si>
+    <t>Ivan Turkin</t>
+  </si>
+  <si>
+    <t>Lavrentij Burkov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,51 +804,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C53" sqref="C53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>