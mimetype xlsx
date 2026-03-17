--- v1 (2026-03-17)
+++ v2 (2026-03-17)
@@ -17,471 +17,471 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>14.15</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
-    <t>Andrey Kolevatykh</t>
+    <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
     <t>10.59</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>15.94</t>
   </si>
   <si>
     <t>13.75</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>20.57</t>
   </si>
   <si>
     <t>18.85</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>20.58</t>
   </si>
   <si>
     <t>16.54</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>21.73</t>
   </si>
   <si>
     <t>17.28</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>16.65</t>
   </si>
   <si>
-    <t>Anna Fomina</t>
+    <t>Анна Фомина</t>
   </si>
   <si>
     <t>22.64</t>
   </si>
   <si>
     <t>17.76</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Vladimir Lebedev</t>
+    <t>Владимир Лебедев</t>
   </si>
   <si>
     <t>23.45</t>
   </si>
   <si>
     <t>19.55</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Matvey Burkov</t>
+    <t>Матвей Бурков</t>
   </si>
   <si>
     <t>27.32</t>
   </si>
   <si>
     <t>21.14</t>
   </si>
   <si>
-    <t>Danil Zubkov</t>
+    <t>Данил Зубков</t>
   </si>
   <si>
     <t>27.66</t>
   </si>
   <si>
     <t>23.35</t>
   </si>
   <si>
-    <t>Maxim Brednev</t>
+    <t>Максим Бреднев</t>
   </si>
   <si>
     <t>27.74</t>
   </si>
   <si>
     <t>22.15</t>
   </si>
   <si>
-    <t>Ivan Shvitd</t>
+    <t>Иван Швитд</t>
   </si>
   <si>
     <t>30.29</t>
   </si>
   <si>
     <t>24.76</t>
   </si>
   <si>
-    <t>Matvey Prytkov</t>
+    <t>Матвей Прытков</t>
   </si>
   <si>
     <t>31.06</t>
   </si>
   <si>
     <t>28.81</t>
   </si>
   <si>
-    <t>Semën Rudik</t>
+    <t>Семён Рудик</t>
   </si>
   <si>
     <t>32.55</t>
   </si>
   <si>
     <t>28.70</t>
   </si>
   <si>
-    <t>Nikita Kudryashov</t>
+    <t>Никита Кудряшов</t>
   </si>
   <si>
     <t>32.75</t>
   </si>
   <si>
     <t>28.86</t>
   </si>
   <si>
-    <t>Vladimir Kochergin</t>
+    <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
     <t>25.90</t>
   </si>
   <si>
-    <t>Tair Dadashev</t>
+    <t>Таир Дадашев</t>
   </si>
   <si>
     <t>35.27</t>
   </si>
   <si>
     <t>27.58</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>35.85</t>
   </si>
   <si>
     <t>32.18</t>
   </si>
   <si>
-    <t>Vladislav Ovsanikov</t>
+    <t>Владислав Овсяников</t>
   </si>
   <si>
     <t>36.99</t>
   </si>
   <si>
     <t>27.77</t>
   </si>
   <si>
-    <t>Anton Lagunov</t>
+    <t>Антон Лагунов</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
     <t>28.47</t>
   </si>
   <si>
-    <t>Ilia Krutov</t>
+    <t>Илья Крутов</t>
   </si>
   <si>
     <t>39.72</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
-    <t>Daniiar Tagirov</t>
+    <t>Данияр Тагиров</t>
   </si>
   <si>
     <t>40.88</t>
   </si>
   <si>
     <t>39.04</t>
   </si>
   <si>
-    <t>Kirill Abrosimov</t>
+    <t>Кирилл Абросимов</t>
   </si>
   <si>
     <t>40.99</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Grigorii Chuvakov</t>
+    <t>Григорий Чуваков</t>
   </si>
   <si>
     <t>41.34</t>
   </si>
   <si>
     <t>37.12</t>
   </si>
   <si>
-    <t>Nikolay Kotov</t>
+    <t>Николай Котов</t>
   </si>
   <si>
     <t>41.45</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
-    <t>Rostislav Burkov</t>
+    <t>Ростислав Бурков</t>
   </si>
   <si>
     <t>42.45</t>
   </si>
   <si>
     <t>31.47</t>
   </si>
   <si>
-    <t>Stepan Kobelev</t>
+    <t>Степан Кобелев</t>
   </si>
   <si>
     <t>42.72</t>
   </si>
   <si>
     <t>29.95</t>
   </si>
   <si>
-    <t>Mikhail Zamyatin</t>
+    <t>Михаил Замятин</t>
   </si>
   <si>
     <t>47.83</t>
   </si>
   <si>
     <t>39.25</t>
   </si>
   <si>
-    <t>Aleksandr Kashparov</t>
+    <t>Александр Кашпаров</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
     <t>41.44</t>
   </si>
   <si>
-    <t>Egor Melkozerov</t>
+    <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>1:00.70</t>
   </si>
   <si>
     <t>41.90</t>
   </si>
   <si>
-    <t>Ekaterina Alexandrova</t>
+    <t>Екатерина Александрова</t>
   </si>
   <si>
     <t>1:01.59</t>
   </si>
   <si>
     <t>47.10</t>
   </si>
   <si>
-    <t>Maria Emshanova</t>
+    <t>Мария Емшанова</t>
   </si>
   <si>
     <t>49.80</t>
   </si>
   <si>
-    <t>Fedor Artamonov</t>
+    <t>Фёдор Артамонов</t>
   </si>
   <si>
     <t>50.33</t>
   </si>
   <si>
-    <t>Egor Shevchenko</t>
+    <t>Егор Шевченко</t>
   </si>
   <si>
     <t>51.40</t>
   </si>
   <si>
-    <t>Nikolay Kustov</t>
+    <t>Николай Кустов</t>
   </si>
   <si>
     <t>53.71</t>
   </si>
   <si>
-    <t>Vladimir Samoilov</t>
+    <t>Владимир Самойлов</t>
   </si>
   <si>
     <t>59.77</t>
   </si>
   <si>
-    <t>Timur Bratukhin</t>
+    <t>Тимур Братухин</t>
   </si>
   <si>
     <t>1:01.44</t>
   </si>
   <si>
-    <t>Svyatoslav Celishchev</t>
+    <t>Святослав Целищев</t>
   </si>
   <si>
     <t>1:08.09</t>
   </si>
   <si>
-    <t>Sofia Gabova</t>
+    <t>Софья Габова</t>
   </si>
   <si>
     <t>1:28.72</t>
   </si>
   <si>
-    <t>Fedor Savin</t>
+    <t>Федор Савин</t>
   </si>
   <si>
     <t>1:48.15</t>
   </si>
   <si>
-    <t>VARVARA MISHARINA</t>
+    <t>Варвара Мишарина</t>
   </si>
   <si>
     <t>2:20.84</t>
   </si>
   <si>
-    <t>Alexander Kovin</t>
-[...8 lines deleted...]
-    <t>Lavrentij Burkov</t>
+    <t>Александр Ковин</t>
+  </si>
+  <si>
+    <t>Артем Мартиросян</t>
+  </si>
+  <si>
+    <t>Иван Туркин</t>
+  </si>
+  <si>
+    <t>Лаврентий Бурков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,51 +804,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C53" sqref="C53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>