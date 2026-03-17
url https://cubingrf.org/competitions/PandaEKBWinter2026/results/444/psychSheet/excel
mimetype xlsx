--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -17,516 +17,516 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Артём Сосновских</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
-    <t>Дмитрий Сидоренко</t>
+    <t>Dmitry Sidorenko</t>
   </si>
   <si>
     <t>30.96</t>
   </si>
   <si>
     <t>25.82</t>
   </si>
   <si>
-    <t>Анна Фомина</t>
+    <t>Anna Fomina</t>
   </si>
   <si>
     <t>33.42</t>
   </si>
   <si>
     <t>31.38</t>
   </si>
   <si>
-    <t>Андрей Колеватых</t>
+    <t>Andrey Kolevatykh</t>
   </si>
   <si>
     <t>34.84</t>
   </si>
   <si>
     <t>29.66</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
+    <t>Darya Belonogova</t>
   </si>
   <si>
     <t>35.39</t>
   </si>
   <si>
     <t>28.44</t>
   </si>
   <si>
-    <t>Дмитрий Душейко</t>
+    <t>Dmitrii Dusheiko</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
-    <t>Николай Катаев</t>
+    <t>Nikolay Kataev</t>
   </si>
   <si>
     <t>36.95</t>
   </si>
   <si>
     <t>32.29</t>
   </si>
   <si>
-    <t>Лев Брусков</t>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>34.98</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
+    <t>Anna Duganova</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
     <t>33.84</t>
   </si>
   <si>
-    <t>Максим Бреднев</t>
-[...8 lines deleted...]
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
-    <t>Степан Кобелев</t>
+    <t>Stepan Kobelev</t>
   </si>
   <si>
     <t>45.05</t>
   </si>
   <si>
     <t>39.36</t>
   </si>
   <si>
-    <t>Алексей Плешков</t>
+    <t>Maxim Brednev</t>
+  </si>
+  <si>
+    <t>46.65</t>
+  </si>
+  <si>
+    <t>40.17</t>
+  </si>
+  <si>
+    <t>Aleksey Pleshkov</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
     <t>45.18</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
+    <t>Artur Khamzin</t>
   </si>
   <si>
     <t>48.83</t>
   </si>
   <si>
     <t>43.01</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
     <t>39.05</t>
   </si>
   <si>
-    <t>Данил Зубков</t>
+    <t>Danil Zubkov</t>
   </si>
   <si>
     <t>50.98</t>
   </si>
   <si>
     <t>46.08</t>
   </si>
   <si>
-    <t>Владимир Лебедев</t>
+    <t>Vladimir Lebedev</t>
   </si>
   <si>
     <t>51.52</t>
   </si>
   <si>
     <t>44.23</t>
   </si>
   <si>
-    <t>Матвей Прытков</t>
+    <t>Matvey Prytkov</t>
   </si>
   <si>
     <t>55.87</t>
   </si>
   <si>
     <t>43.46</t>
   </si>
   <si>
-    <t>Матвей Бурков</t>
+    <t>Ekaterina Alexandrova</t>
+  </si>
+  <si>
+    <t>57.46</t>
+  </si>
+  <si>
+    <t>50.69</t>
+  </si>
+  <si>
+    <t>Matvey Burkov</t>
   </si>
   <si>
     <t>59.39</t>
   </si>
   <si>
     <t>48.29</t>
   </si>
   <si>
-    <t>Екатерина Александрова</t>
-[...8 lines deleted...]
-    <t>Иван Швитд</t>
+    <t>Ivan Shvitd</t>
   </si>
   <si>
     <t>1:03.17</t>
   </si>
   <si>
     <t>53.91</t>
   </si>
   <si>
-    <t>Фёдор Артамонов</t>
+    <t>Fedor Artamonov</t>
   </si>
   <si>
     <t>1:03.69</t>
   </si>
   <si>
     <t>59.09</t>
   </si>
   <si>
-    <t>Василий Стасьев</t>
+    <t>Vasily Stasyev</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>
   <si>
-    <t>57.41</t>
-[...2 lines deleted...]
-    <t>Антон Лагунов</t>
+    <t>58.02</t>
+  </si>
+  <si>
+    <t>Anton Lagunov</t>
   </si>
   <si>
     <t>1:05.93</t>
   </si>
   <si>
     <t>57.13</t>
   </si>
   <si>
-    <t>Владимир Кочергин</t>
+    <t>Vladimir Kochergin</t>
   </si>
   <si>
     <t>1:06.98</t>
   </si>
   <si>
     <t>53.63</t>
   </si>
   <si>
-    <t>Кирилл Абросимов</t>
+    <t>Kirill Abrosimov</t>
   </si>
   <si>
     <t>1:10.39</t>
   </si>
   <si>
     <t>59.77</t>
   </si>
   <si>
-    <t>Артём Тарасов</t>
+    <t>Artëm Tarasov</t>
   </si>
   <si>
     <t>1:10.71</t>
   </si>
   <si>
     <t>1:06.73</t>
   </si>
   <si>
-    <t>Николай Котов</t>
+    <t>Nikolay Kotov</t>
   </si>
   <si>
     <t>1:10.94</t>
   </si>
   <si>
     <t>59.45</t>
   </si>
   <si>
-    <t>Таир Дадашев</t>
+    <t>Tair Dadashev</t>
   </si>
   <si>
     <t>1:11.07</t>
   </si>
   <si>
     <t>1:06.88</t>
   </si>
   <si>
-    <t>Владислав Овсяников</t>
+    <t>Vladislav Ovsanikov</t>
   </si>
   <si>
     <t>1:11.35</t>
   </si>
   <si>
     <t>1:01.97</t>
   </si>
   <si>
-    <t>Григорий Чуваков</t>
+    <t>Grigorii Chuvakov</t>
   </si>
   <si>
     <t>1:12.51</t>
   </si>
   <si>
     <t>1:04.21</t>
   </si>
   <si>
-    <t>Илья Крутов</t>
+    <t>Ilia Krutov</t>
   </si>
   <si>
     <t>1:15.00</t>
   </si>
   <si>
     <t>1:06.22</t>
   </si>
   <si>
-    <t>Ростислав Бурков</t>
+    <t>Rostislav Burkov</t>
   </si>
   <si>
     <t>1:18.86</t>
   </si>
   <si>
     <t>1:03.39</t>
   </si>
   <si>
-    <t>Николай Кустов</t>
+    <t>Nikolay Kustov</t>
   </si>
   <si>
     <t>1:20.52</t>
   </si>
   <si>
     <t>1:11.44</t>
   </si>
   <si>
-    <t>Юлия Дерновая</t>
+    <t>Julia Dernovaya</t>
   </si>
   <si>
     <t>1:23.65</t>
   </si>
   <si>
     <t>1:12.43</t>
   </si>
   <si>
-    <t>Семён Рудик</t>
+    <t>Semën Rudik</t>
   </si>
   <si>
     <t>1:24.41</t>
   </si>
   <si>
     <t>1:13.26</t>
   </si>
   <si>
-    <t>Михаил Замятин</t>
+    <t>Mikhail Zamyatin</t>
   </si>
   <si>
     <t>1:24.69</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
-    <t>Тимур Братухин</t>
+    <t>Timur Bratukhin</t>
   </si>
   <si>
     <t>1:29.59</t>
   </si>
   <si>
     <t>1:14.07</t>
   </si>
   <si>
-    <t>Данияр Тагиров</t>
+    <t>Daniiar Tagirov</t>
   </si>
   <si>
     <t>1:33.64</t>
   </si>
   <si>
     <t>1:21.65</t>
   </si>
   <si>
-    <t>Егор Мелкозеров</t>
+    <t>Egor Melkozerov</t>
   </si>
   <si>
     <t>1:34.64</t>
   </si>
   <si>
     <t>1:26.71</t>
   </si>
   <si>
-    <t>Иван Асатрян</t>
+    <t>Ivan Asatrian</t>
   </si>
   <si>
     <t>1:36.72</t>
   </si>
   <si>
-    <t>Александр Кашпаров</t>
+    <t>Aleksandr Kashparov</t>
   </si>
   <si>
     <t>1:47.65</t>
   </si>
   <si>
-    <t>Вадим Пономарев</t>
+    <t>Vadim Ponomarev</t>
   </si>
   <si>
     <t>1:53.87</t>
   </si>
   <si>
-    <t>Святослав Целищев</t>
+    <t>Svyatoslav Celishchev</t>
   </si>
   <si>
     <t>1:58.30</t>
   </si>
   <si>
-    <t>Мария Емшанова</t>
+    <t>Maria Emshanova</t>
   </si>
   <si>
     <t>2:07.92</t>
   </si>
   <si>
-    <t>Тимофей Карандашов</t>
+    <t>Timofei Karandashov</t>
   </si>
   <si>
     <t>2:20.91</t>
   </si>
   <si>
-    <t>Александр Ковин</t>
+    <t>Alexander Kovin</t>
   </si>
   <si>
     <t>2:38.77</t>
   </si>
   <si>
-    <t>Владимир Самойлов</t>
+    <t>Vladimir Samoilov</t>
   </si>
   <si>
     <t>2:42.48</t>
   </si>
   <si>
-    <t>Софья Габова</t>
+    <t>Sofia Gabova</t>
   </si>
   <si>
     <t>2:42.99</t>
   </si>
   <si>
-    <t>Андрей Пучков</t>
+    <t>Andrey Puchkov</t>
   </si>
   <si>
     <t>2:43.98</t>
   </si>
   <si>
-    <t>Демид Ширшов</t>
+    <t>Demid Shirshov</t>
   </si>
   <si>
     <t>3:33.10</t>
   </si>
   <si>
-    <t>Артëм Селиванов</t>
-[...11 lines deleted...]
-    <t>Лаврентий Бурков</t>
+    <t>Artem Selivanov</t>
+  </si>
+  <si>
+    <t>Daniil Zemskov</t>
+  </si>
+  <si>
+    <t>Evgenia Barmina</t>
+  </si>
+  <si>
+    <t>Ivan Turkin</t>
+  </si>
+  <si>
+    <t>Lavrentij Burkov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -849,51 +849,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C59" sqref="C59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>