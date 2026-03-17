--- v1 (2026-03-17)
+++ v2 (2026-03-17)
@@ -17,516 +17,516 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>30.96</t>
   </si>
   <si>
     <t>25.82</t>
   </si>
   <si>
-    <t>Anna Fomina</t>
+    <t>Анна Фомина</t>
   </si>
   <si>
     <t>33.42</t>
   </si>
   <si>
     <t>31.38</t>
   </si>
   <si>
-    <t>Andrey Kolevatykh</t>
+    <t>Андрей Колеватых</t>
   </si>
   <si>
     <t>34.84</t>
   </si>
   <si>
     <t>29.66</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>35.39</t>
   </si>
   <si>
     <t>28.44</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>36.95</t>
   </si>
   <si>
     <t>32.29</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>34.98</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
     <t>33.84</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
-    <t>Stepan Kobelev</t>
+    <t>Степан Кобелев</t>
   </si>
   <si>
     <t>45.05</t>
   </si>
   <si>
     <t>39.36</t>
   </si>
   <si>
-    <t>Maxim Brednev</t>
+    <t>Максим Бреднев</t>
   </si>
   <si>
     <t>46.65</t>
   </si>
   <si>
     <t>40.17</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
     <t>45.18</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>48.83</t>
   </si>
   <si>
     <t>43.01</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
     <t>39.05</t>
   </si>
   <si>
-    <t>Danil Zubkov</t>
+    <t>Данил Зубков</t>
   </si>
   <si>
     <t>50.98</t>
   </si>
   <si>
     <t>46.08</t>
   </si>
   <si>
-    <t>Vladimir Lebedev</t>
+    <t>Владимир Лебедев</t>
   </si>
   <si>
     <t>51.52</t>
   </si>
   <si>
     <t>44.23</t>
   </si>
   <si>
-    <t>Matvey Prytkov</t>
+    <t>Матвей Прытков</t>
   </si>
   <si>
     <t>55.87</t>
   </si>
   <si>
     <t>43.46</t>
   </si>
   <si>
-    <t>Ekaterina Alexandrova</t>
+    <t>Екатерина Александрова</t>
   </si>
   <si>
     <t>57.46</t>
   </si>
   <si>
     <t>50.69</t>
   </si>
   <si>
-    <t>Matvey Burkov</t>
+    <t>Матвей Бурков</t>
   </si>
   <si>
     <t>59.39</t>
   </si>
   <si>
     <t>48.29</t>
   </si>
   <si>
-    <t>Ivan Shvitd</t>
+    <t>Иван Швитд</t>
   </si>
   <si>
     <t>1:03.17</t>
   </si>
   <si>
     <t>53.91</t>
   </si>
   <si>
-    <t>Fedor Artamonov</t>
+    <t>Фёдор Артамонов</t>
   </si>
   <si>
     <t>1:03.69</t>
   </si>
   <si>
     <t>59.09</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>
   <si>
     <t>58.02</t>
   </si>
   <si>
-    <t>Anton Lagunov</t>
+    <t>Антон Лагунов</t>
   </si>
   <si>
     <t>1:05.93</t>
   </si>
   <si>
     <t>57.13</t>
   </si>
   <si>
-    <t>Vladimir Kochergin</t>
+    <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>1:06.98</t>
   </si>
   <si>
     <t>53.63</t>
   </si>
   <si>
-    <t>Kirill Abrosimov</t>
+    <t>Кирилл Абросимов</t>
   </si>
   <si>
     <t>1:10.39</t>
   </si>
   <si>
     <t>59.77</t>
   </si>
   <si>
-    <t>Artëm Tarasov</t>
+    <t>Артём Тарасов</t>
   </si>
   <si>
     <t>1:10.71</t>
   </si>
   <si>
     <t>1:06.73</t>
   </si>
   <si>
-    <t>Nikolay Kotov</t>
+    <t>Николай Котов</t>
   </si>
   <si>
     <t>1:10.94</t>
   </si>
   <si>
     <t>59.45</t>
   </si>
   <si>
-    <t>Tair Dadashev</t>
+    <t>Таир Дадашев</t>
   </si>
   <si>
     <t>1:11.07</t>
   </si>
   <si>
     <t>1:06.88</t>
   </si>
   <si>
-    <t>Vladislav Ovsanikov</t>
+    <t>Владислав Овсяников</t>
   </si>
   <si>
     <t>1:11.35</t>
   </si>
   <si>
     <t>1:01.97</t>
   </si>
   <si>
-    <t>Grigorii Chuvakov</t>
+    <t>Григорий Чуваков</t>
   </si>
   <si>
     <t>1:12.51</t>
   </si>
   <si>
     <t>1:04.21</t>
   </si>
   <si>
-    <t>Ilia Krutov</t>
+    <t>Илья Крутов</t>
   </si>
   <si>
     <t>1:15.00</t>
   </si>
   <si>
     <t>1:06.22</t>
   </si>
   <si>
-    <t>Rostislav Burkov</t>
+    <t>Ростислав Бурков</t>
   </si>
   <si>
     <t>1:18.86</t>
   </si>
   <si>
     <t>1:03.39</t>
   </si>
   <si>
-    <t>Nikolay Kustov</t>
+    <t>Николай Кустов</t>
   </si>
   <si>
     <t>1:20.52</t>
   </si>
   <si>
     <t>1:11.44</t>
   </si>
   <si>
-    <t>Julia Dernovaya</t>
+    <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>1:23.65</t>
   </si>
   <si>
     <t>1:12.43</t>
   </si>
   <si>
-    <t>Semën Rudik</t>
+    <t>Семён Рудик</t>
   </si>
   <si>
     <t>1:24.41</t>
   </si>
   <si>
     <t>1:13.26</t>
   </si>
   <si>
-    <t>Mikhail Zamyatin</t>
+    <t>Михаил Замятин</t>
   </si>
   <si>
     <t>1:24.69</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
-    <t>Timur Bratukhin</t>
+    <t>Тимур Братухин</t>
   </si>
   <si>
     <t>1:29.59</t>
   </si>
   <si>
     <t>1:14.07</t>
   </si>
   <si>
-    <t>Daniiar Tagirov</t>
+    <t>Данияр Тагиров</t>
   </si>
   <si>
     <t>1:33.64</t>
   </si>
   <si>
     <t>1:21.65</t>
   </si>
   <si>
-    <t>Egor Melkozerov</t>
+    <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>1:34.64</t>
   </si>
   <si>
     <t>1:26.71</t>
   </si>
   <si>
-    <t>Ivan Asatrian</t>
+    <t>Иван Асатрян</t>
   </si>
   <si>
     <t>1:36.72</t>
   </si>
   <si>
-    <t>Aleksandr Kashparov</t>
+    <t>Александр Кашпаров</t>
   </si>
   <si>
     <t>1:47.65</t>
   </si>
   <si>
-    <t>Vadim Ponomarev</t>
+    <t>Вадим Пономарев</t>
   </si>
   <si>
     <t>1:53.87</t>
   </si>
   <si>
-    <t>Svyatoslav Celishchev</t>
+    <t>Святослав Целищев</t>
   </si>
   <si>
     <t>1:58.30</t>
   </si>
   <si>
-    <t>Maria Emshanova</t>
+    <t>Мария Емшанова</t>
   </si>
   <si>
     <t>2:07.92</t>
   </si>
   <si>
-    <t>Timofei Karandashov</t>
+    <t>Тимофей Карандашов</t>
   </si>
   <si>
     <t>2:20.91</t>
   </si>
   <si>
-    <t>Alexander Kovin</t>
+    <t>Александр Ковин</t>
   </si>
   <si>
     <t>2:38.77</t>
   </si>
   <si>
-    <t>Vladimir Samoilov</t>
+    <t>Владимир Самойлов</t>
   </si>
   <si>
     <t>2:42.48</t>
   </si>
   <si>
-    <t>Sofia Gabova</t>
+    <t>Софья Габова</t>
   </si>
   <si>
     <t>2:42.99</t>
   </si>
   <si>
-    <t>Andrey Puchkov</t>
+    <t>Андрей Пучков</t>
   </si>
   <si>
     <t>2:43.98</t>
   </si>
   <si>
-    <t>Demid Shirshov</t>
+    <t>Демид Ширшов</t>
   </si>
   <si>
     <t>3:33.10</t>
   </si>
   <si>
-    <t>Artem Selivanov</t>
-[...11 lines deleted...]
-    <t>Lavrentij Burkov</t>
+    <t>Артëм Селиванов</t>
+  </si>
+  <si>
+    <t>Даниил Земсков</t>
+  </si>
+  <si>
+    <t>Евгения Бармина</t>
+  </si>
+  <si>
+    <t>Иван Туркин</t>
+  </si>
+  <si>
+    <t>Лаврентий Бурков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -849,51 +849,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C59" sqref="C59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>