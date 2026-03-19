--- v0 (2026-01-31)
+++ v1 (2026-03-19)
@@ -209,60 +209,60 @@
   <si>
     <t>1:38.94</t>
   </si>
   <si>
     <t>Никита Кудряшов</t>
   </si>
   <si>
     <t>1:50.04</t>
   </si>
   <si>
     <t>1:41.98</t>
   </si>
   <si>
     <t>Степан Кобелев</t>
   </si>
   <si>
     <t>1:50.46</t>
   </si>
   <si>
     <t>1:39.59</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>1:53.44</t>
-[...2 lines deleted...]
-    <t>1:41.29</t>
+    <t>1:57.04</t>
+  </si>
+  <si>
+    <t>1:47.63</t>
   </si>
   <si>
     <t>Антон Лагунов</t>
   </si>
   <si>
-    <t>1:55.47</t>
+    <t>1:58.21</t>
   </si>
   <si>
     <t>1:32.49</t>
   </si>
   <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>2:01.50</t>
   </si>
   <si>
     <t>1:49.47</t>
   </si>
   <si>
     <t>Илья Крутов</t>
   </si>
   <si>
     <t>2:44.40</t>
   </si>
   <si>
     <t>2:20.50</t>
   </si>
   <si>
     <t>Фёдор Артамонов</t>
   </si>