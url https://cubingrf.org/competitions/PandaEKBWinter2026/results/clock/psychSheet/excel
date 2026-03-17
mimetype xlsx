--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -59,60 +59,60 @@
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
     <t>3.89</t>
   </si>
   <si>
     <t>Максим Бреднев</t>
   </si>
   <si>
     <t>5.62</t>
   </si>
   <si>
     <t>4.32</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
-    <t>5.25</t>
+    <t>5.24</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>6.65</t>
   </si>
   <si>
-    <t>5.23</t>
+    <t>5.44</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>6.79</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
     <t>Анна Фомина</t>
   </si>
   <si>
     <t>8.61</t>
   </si>
@@ -179,50 +179,59 @@
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>9.86</t>
   </si>
   <si>
     <t>Артур Хамзин</t>
   </si>
   <si>
     <t>12.86</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>Иван Швитд</t>
   </si>
   <si>
     <t>14.19</t>
   </si>
   <si>
     <t>12.22</t>
   </si>
   <si>
+    <t>Владислав Овсяников</t>
+  </si>
+  <si>
+    <t>14.24</t>
+  </si>
+  <si>
+    <t>11.76</t>
+  </si>
+  <si>
     <t>Николай Катаев</t>
   </si>
   <si>
     <t>14.39</t>
   </si>
   <si>
     <t>11.66</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>14.44</t>
   </si>
   <si>
     <t>Тимур Братухин</t>
   </si>
   <si>
     <t>14.51</t>
   </si>
   <si>
     <t>13.02</t>
   </si>
   <si>
     <t>Ростислав Бурков</t>
@@ -239,149 +248,140 @@
   <si>
     <t>14.69</t>
   </si>
   <si>
     <t>13.77</t>
   </si>
   <si>
     <t>Илья Крутов</t>
   </si>
   <si>
     <t>15.53</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>Фёдор Артамонов</t>
   </si>
   <si>
     <t>15.57</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
+    <t>Данияр Тагиров</t>
+  </si>
+  <si>
+    <t>16.00</t>
+  </si>
+  <si>
+    <t>14.18</t>
+  </si>
+  <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>16.22</t>
   </si>
   <si>
     <t>13.98</t>
   </si>
   <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>16.27</t>
   </si>
   <si>
     <t>12.74</t>
   </si>
   <si>
     <t>Никита Лагунов</t>
   </si>
   <si>
     <t>16.47</t>
   </si>
   <si>
     <t>14.70</t>
   </si>
   <si>
     <t>Александр Кашпаров</t>
   </si>
   <si>
     <t>17.16</t>
   </si>
   <si>
     <t>15.51</t>
   </si>
   <si>
     <t>Артём Тарасов</t>
   </si>
   <si>
     <t>17.49</t>
   </si>
   <si>
     <t>15.10</t>
   </si>
   <si>
+    <t>Антон Лагунов</t>
+  </si>
+  <si>
+    <t>18.43</t>
+  </si>
+  <si>
+    <t>15.82</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>17.82</t>
-[...11 lines deleted...]
-    <t>15.82</t>
+    <t>18.60</t>
+  </si>
+  <si>
+    <t>16.11</t>
   </si>
   <si>
     <t>Степан Кобелев</t>
   </si>
   <si>
     <t>18.79</t>
   </si>
   <si>
     <t>16.56</t>
   </si>
   <si>
-    <t>Данияр Тагиров</t>
-[...7 lines deleted...]
-  <si>
     <t>Кирилл Абросимов</t>
   </si>
   <si>
     <t>19.96</t>
   </si>
   <si>
     <t>17.08</t>
   </si>
   <si>
-    <t>Владислав Овсяников</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Зимин</t>
   </si>
   <si>
     <t>20.18</t>
   </si>
   <si>
     <t>17.86</t>
   </si>
   <si>
     <t>Вадим Пономарев</t>
   </si>
   <si>
     <t>21.29</t>
   </si>
   <si>
     <t>15.54</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>22.38</t>
   </si>
   <si>
     <t>17.95</t>
@@ -398,69 +398,69 @@
   <si>
     <t>Мария Емшанова</t>
   </si>
   <si>
     <t>23.97</t>
   </si>
   <si>
     <t>21.30</t>
   </si>
   <si>
     <t>Артëм Селиванов</t>
   </si>
   <si>
     <t>24.27</t>
   </si>
   <si>
     <t>18.39</t>
   </si>
   <si>
     <t>Святослав Целищев</t>
   </si>
   <si>
     <t>24.34</t>
   </si>
   <si>
-    <t>18.34</t>
+    <t>17.83</t>
   </si>
   <si>
     <t>Светлана Дуганова</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>Федор Савин</t>
   </si>
   <si>
     <t>27.20</t>
   </si>
   <si>
-    <t>23.93</t>
+    <t>23.26</t>
   </si>
   <si>
     <t>Игорь Кильченко</t>
   </si>
   <si>
     <t>27.57</t>
   </si>
   <si>
     <t>22.65</t>
   </si>
   <si>
     <t>Евгения Бармина</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
     <t>23.60</t>
   </si>
   <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>27.94</t>
   </si>
@@ -1164,65 +1164,65 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>