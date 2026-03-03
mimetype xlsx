--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -29,63 +29,63 @@
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Даниил Лукин</t>
   </si>
   <si>
-    <t>5.52</t>
-[...2 lines deleted...]
-    <t>3.34</t>
+    <t>6.21</t>
+  </si>
+  <si>
+    <t>5.18</t>
   </si>
   <si>
     <t>Дарья Владимирова</t>
   </si>
   <si>
-    <t>5.83</t>
-[...2 lines deleted...]
-    <t>4.97</t>
+    <t>8.25</t>
+  </si>
+  <si>
+    <t>6.29</t>
   </si>
   <si>
     <t>Артем Донгузов</t>
   </si>
   <si>
     <t>9.97</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>Артём Высочанский</t>
   </si>
   <si>
     <t>10.92</t>
   </si>
   <si>
     <t>6.48</t>
   </si>
   <si>
     <t>Марат Ямалов</t>
   </si>
   <si>
     <t>17.72</t>
   </si>