--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -17,276 +17,276 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Илья Епифанов</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
     <t>6.24</t>
   </si>
   <si>
-    <t>Лев Аронов</t>
+    <t>Lev Aronov</t>
   </si>
   <si>
     <t>9.89</t>
   </si>
   <si>
-    <t>7.82</t>
-[...2 lines deleted...]
-    <t>Егор Гущин</t>
+    <t>8.47</t>
+  </si>
+  <si>
+    <t>Egor Gushchin</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
-    <t>Георгий Ароян</t>
+    <t>Georgiy Aroyan</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>9.45</t>
   </si>
   <si>
-    <t>Илья Крутов</t>
+    <t>Ilia Krutov</t>
   </si>
   <si>
     <t>15.37</t>
   </si>
   <si>
     <t>12.30</t>
   </si>
   <si>
-    <t>Родион Фролов</t>
+    <t>Rodion Frolov</t>
   </si>
   <si>
     <t>19.30</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
-    <t>Алексей Новиков</t>
+    <t>Aleksey Novikov</t>
   </si>
   <si>
     <t>19.32</t>
   </si>
   <si>
     <t>15.92</t>
   </si>
   <si>
-    <t>Артем Донгузов</t>
+    <t>Artem Donguzov</t>
   </si>
   <si>
     <t>19.49</t>
   </si>
   <si>
     <t>16.32</t>
   </si>
   <si>
-    <t>Павел Бондаренко</t>
+    <t>Pavel Bondarenko</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
     <t>15.22</t>
   </si>
   <si>
-    <t>Роман Редькин</t>
+    <t>Roman Redʹkin</t>
   </si>
   <si>
     <t>22.67</t>
   </si>
   <si>
     <t>18.42</t>
   </si>
   <si>
-    <t>Владимир Мокроусов</t>
+    <t>Vladimir Mokrousov</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
     <t>20.81</t>
   </si>
   <si>
-    <t>Фёдор Цаплин</t>
+    <t>Fëdor Tsaplin</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
     <t>20.26</t>
   </si>
   <si>
-    <t>Матвей Власов</t>
+    <t>Matvey Vlasov</t>
   </si>
   <si>
     <t>24.75</t>
   </si>
   <si>
     <t>17.53</t>
   </si>
   <si>
-    <t>Елизавета Янчук</t>
+    <t>Yelizaveta Yanchuk</t>
   </si>
   <si>
     <t>26.62</t>
   </si>
   <si>
     <t>22.47</t>
   </si>
   <si>
-    <t>Пётр Барг</t>
+    <t>Pëtr Barg</t>
   </si>
   <si>
     <t>30.72</t>
   </si>
   <si>
     <t>30.04</t>
   </si>
   <si>
-    <t>Дмитрий Телешов</t>
+    <t>Dmitriy Teleshov</t>
   </si>
   <si>
     <t>35.82</t>
   </si>
   <si>
     <t>30.87</t>
   </si>
   <si>
-    <t>Дина Салихова</t>
+    <t>Dina Salikhova</t>
   </si>
   <si>
     <t>36.53</t>
   </si>
   <si>
     <t>33.50</t>
   </si>
   <si>
-    <t>Вадим Мехоношин</t>
+    <t>Vadim Mekhonoshin</t>
   </si>
   <si>
     <t>40.99</t>
   </si>
   <si>
     <t>30.76</t>
   </si>
   <si>
-    <t>Тимур Половников</t>
+    <t>Timur Polovnikov</t>
   </si>
   <si>
     <t>50.71</t>
   </si>
   <si>
     <t>43.52</t>
   </si>
   <si>
-    <t>Марк Билян</t>
+    <t>Mark Bilyan</t>
   </si>
   <si>
     <t>1:03.00</t>
   </si>
   <si>
     <t>53.21</t>
   </si>
   <si>
-    <t>Александр Гущин</t>
+    <t>Aleksandr Gushchin</t>
   </si>
   <si>
     <t>1:12.31</t>
   </si>
   <si>
     <t>51.55</t>
   </si>
   <si>
-    <t>Олег Анашкин</t>
+    <t>Oleg Anashkin</t>
   </si>
   <si>
     <t>1:18.23</t>
   </si>
   <si>
     <t>1:10.95</t>
   </si>
   <si>
-    <t>Арсений Васильев</t>
+    <t>Arseniy Vasilʹyev</t>
   </si>
   <si>
     <t>1:18.85</t>
   </si>
   <si>
     <t>1:10.49</t>
   </si>
   <si>
-    <t>Ольга Худеньких</t>
+    <t>Olʹga Khudenʹkikh</t>
   </si>
   <si>
     <t>1:40.83</t>
   </si>
   <si>
     <t>1:29.73</t>
   </si>
   <si>
-    <t>Матвей Киютин</t>
+    <t>Matvey Kiyutin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -609,51 +609,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>