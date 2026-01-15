--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -290,87 +290,87 @@
   <si>
     <t>Ксения Чекменëва</t>
   </si>
   <si>
     <t>19.66</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>Глеб Ожгибесов</t>
   </si>
   <si>
     <t>19.77</t>
   </si>
   <si>
     <t>7.89</t>
   </si>
   <si>
     <t>Михаил Отинов</t>
   </si>
   <si>
     <t>21.41</t>
   </si>
   <si>
-    <t>11.82</t>
+    <t>11.49</t>
   </si>
   <si>
     <t>Дмитрий Смирнов</t>
   </si>
   <si>
     <t>21.77</t>
   </si>
   <si>
     <t>12.80</t>
   </si>
   <si>
     <t>Александр Степанов</t>
   </si>
   <si>
     <t>22.85</t>
   </si>
   <si>
     <t>15.12</t>
   </si>
   <si>
+    <t>Анатолий Отинов</t>
+  </si>
+  <si>
+    <t>23.08</t>
+  </si>
+  <si>
+    <t>16.53</t>
+  </si>
+  <si>
     <t>София Братухина</t>
   </si>
   <si>
     <t>26.52</t>
   </si>
   <si>
     <t>20.39</t>
-  </si>
-[...7 lines deleted...]
-    <t>20.47</t>
   </si>
   <si>
     <t>Глафира Костылева</t>
   </si>
   <si>
     <t>34.96</t>
   </si>
   <si>
     <t>22.58</t>
   </si>
   <si>
     <t>Семен Овчинников</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
     <t>41.20</t>
   </si>
   <si>
     <t>Александр Дерюгин</t>
   </si>
   <si>
     <t>32.61</t>
   </si>