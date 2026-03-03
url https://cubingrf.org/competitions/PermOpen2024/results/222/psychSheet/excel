--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -35,66 +35,66 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
+    <t>Артур Хамзин</t>
+  </si>
+  <si>
+    <t>2.10</t>
+  </si>
+  <si>
+    <t>1.63</t>
+  </si>
+  <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
-    <t>1.34</t>
-[...8 lines deleted...]
-    <t>1.81</t>
+    <t>1.53</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2.56</t>
   </si>
   <si>
     <t>1.49</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
     <t>1.54</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>3.53</t>
   </si>
@@ -110,114 +110,114 @@
   <si>
     <t>2.81</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
     <t>2.29</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>4.52</t>
   </si>
   <si>
-    <t>2.87</t>
+    <t>2.69</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>4.65</t>
-[...2 lines deleted...]
-    <t>1.92</t>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>2.24</t>
   </si>
   <si>
     <t>Данил Снигирев</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>Артем Донгузов</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
     <t>3.50</t>
   </si>
   <si>
     <t>Павел Бондаренко</t>
   </si>
   <si>
     <t>5.63</t>
   </si>
   <si>
     <t>4.41</t>
   </si>
   <si>
+    <t>Илья Крутов</t>
+  </si>
+  <si>
+    <t>5.95</t>
+  </si>
+  <si>
+    <t>4.43</t>
+  </si>
+  <si>
     <t>Родион Фролов</t>
   </si>
   <si>
     <t>6.27</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
     <t>Роман Редькин</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
     <t>4.28</t>
-  </si>
-[...7 lines deleted...]
-    <t>4.43</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>6.80</t>
   </si>
   <si>
     <t>3.86</t>
   </si>
   <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>7.29</t>
   </si>
   <si>
     <t>4.54</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>8.20</t>
   </si>