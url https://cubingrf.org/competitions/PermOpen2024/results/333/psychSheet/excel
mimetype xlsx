--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -83,51 +83,51 @@
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>Артур Хамзин</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>8.14</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
-    <t>8.12</t>
+    <t>8.11</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>8.62</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>8.17</t>
   </si>
   <si>
     <t>Данил Снигирев</t>
   </si>
   <si>
     <t>12.44</t>
   </si>
@@ -275,102 +275,102 @@
   <si>
     <t>40.99</t>
   </si>
   <si>
     <t>30.76</t>
   </si>
   <si>
     <t>Виктория Акопян</t>
   </si>
   <si>
     <t>44.37</t>
   </si>
   <si>
     <t>42.10</t>
   </si>
   <si>
     <t>Владимир Першин</t>
   </si>
   <si>
     <t>44.49</t>
   </si>
   <si>
     <t>29.86</t>
   </si>
   <si>
+    <t>Михаил Отинов</t>
+  </si>
+  <si>
+    <t>45.83</t>
+  </si>
+  <si>
+    <t>27.71</t>
+  </si>
+  <si>
     <t>Юлия Козлова</t>
   </si>
   <si>
     <t>52.28</t>
   </si>
   <si>
     <t>48.91</t>
   </si>
   <si>
     <t>Дмитрий Смирнов</t>
   </si>
   <si>
     <t>55.85</t>
   </si>
   <si>
     <t>44.41</t>
   </si>
   <si>
     <t>Анатолий Отинов</t>
   </si>
   <si>
     <t>1:03.67</t>
   </si>
   <si>
     <t>59.26</t>
   </si>
   <si>
     <t>Александр Степанов</t>
   </si>
   <si>
     <t>1:04.68</t>
   </si>
   <si>
     <t>51.82</t>
   </si>
   <si>
     <t>Глеб Ожгибесов</t>
   </si>
   <si>
     <t>1:09.99</t>
   </si>
   <si>
     <t>49.36</t>
-  </si>
-[...7 lines deleted...]
-    <t>52.14</t>
   </si>
   <si>
     <t>Ксения Чекменëва</t>
   </si>
   <si>
     <t>1:25.18</t>
   </si>
   <si>
     <t>1:10.40</t>
   </si>
   <si>
     <t>Семен Овчинников</t>
   </si>
   <si>
     <t>1:30.40</t>
   </si>
   <si>
     <t>1:17.46</t>
   </si>
   <si>
     <t>София Братухина</t>
   </si>
   <si>
     <t>1:31.87</t>
   </si>