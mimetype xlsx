--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -71,72 +71,72 @@
   <si>
     <t>8.64</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>Артур Хамзин</t>
   </si>
   <si>
-    <t>10.49</t>
-[...2 lines deleted...]
-    <t>8.14</t>
+    <t>9.80</t>
+  </si>
+  <si>
+    <t>6.74</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
-    <t>10.65</t>
+    <t>10.18</t>
   </si>
   <si>
     <t>8.11</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
-    <t>8.62</t>
+    <t>9.51</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>8.17</t>
   </si>
   <si>
     <t>Данил Снигирев</t>
   </si>
   <si>
     <t>12.44</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
@@ -194,75 +194,75 @@
   <si>
     <t>19.49</t>
   </si>
   <si>
     <t>16.32</t>
   </si>
   <si>
     <t>Павел Бондаренко</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
     <t>15.22</t>
   </si>
   <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>20.93</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
+    <t>Тимур Братухин</t>
+  </si>
+  <si>
+    <t>21.36</t>
+  </si>
+  <si>
+    <t>16.75</t>
+  </si>
+  <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>21.47</t>
   </si>
   <si>
     <t>17.48</t>
   </si>
   <si>
     <t>Роман Редькин</t>
   </si>
   <si>
     <t>22.67</t>
   </si>
   <si>
     <t>18.42</t>
-  </si>
-[...7 lines deleted...]
-    <t>18.38</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
     <t>19.40</t>
   </si>
   <si>
     <t>Дмитрий Телешов</t>
   </si>
   <si>
     <t>35.82</t>
   </si>
   <si>
     <t>30.87</t>
   </si>
   <si>
     <t>Михаил Зыкин</t>
   </si>
   <si>
     <t>37.54</t>
   </si>