--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,270 +17,270 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Александр Докин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Илья Епифанов</t>
+    <t>Polina Lapteva</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
+    <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
+    <t>Darya Belonogova</t>
   </si>
   <si>
     <t>35.97</t>
   </si>
   <si>
     <t>29.41</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...8 lines deleted...]
-    <t>Анна Дуганова</t>
+    <t>Anna Duganova</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
-    <t>Тимофей Терещенко</t>
+    <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
     <t>39.05</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
-[...8 lines deleted...]
-    <t>Арсений Кислицын</t>
+    <t>Daria Eliseeva</t>
+  </si>
+  <si>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
+  </si>
+  <si>
+    <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>1:04.04</t>
   </si>
   <si>
     <t>55.40</t>
   </si>
   <si>
-    <t>Владимир Кочергин</t>
+    <t>Vladimir Kochergin</t>
   </si>
   <si>
     <t>1:06.98</t>
   </si>
   <si>
     <t>53.63</t>
   </si>
   <si>
-    <t>Данил Снигирев</t>
+    <t>Danil Snigirev</t>
   </si>
   <si>
     <t>1:07.09</t>
   </si>
   <si>
     <t>1:01.99</t>
   </si>
   <si>
-    <t>Павел Бондаренко</t>
+    <t>Pavel Bondarenko</t>
   </si>
   <si>
     <t>1:10.45</t>
   </si>
   <si>
     <t>55.29</t>
   </si>
   <si>
-    <t>Родион Першин</t>
+    <t>Rodion Pershin</t>
   </si>
   <si>
     <t>1:14.46</t>
   </si>
   <si>
     <t>1:00.38</t>
   </si>
   <si>
-    <t>Илья Крутов</t>
+    <t>Ilia Krutov</t>
   </si>
   <si>
     <t>1:15.00</t>
   </si>
   <si>
     <t>1:06.22</t>
   </si>
   <si>
-    <t>Дмитрий Дуганов</t>
+    <t>Dmitriy Duganov</t>
   </si>
   <si>
     <t>1:30.40</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Тимур Братухин</t>
+    <t>Timur Bratukhin</t>
   </si>
   <si>
     <t>1:31.65</t>
   </si>
   <si>
     <t>1:21.18</t>
   </si>
   <si>
-    <t>Егор Мелкозеров</t>
+    <t>Egor Melkozerov</t>
   </si>
   <si>
     <t>1:34.64</t>
   </si>
   <si>
     <t>1:26.71</t>
   </si>
   <si>
-    <t>Артем Донгузов</t>
+    <t>Artem Donguzov</t>
   </si>
   <si>
     <t>1:48.32</t>
   </si>
   <si>
     <t>1:29.52</t>
   </si>
   <si>
-    <t>Пётр Шипицин</t>
+    <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>1:35.25</t>
   </si>
   <si>
-    <t>Роман Редькин</t>
+    <t>Roman Redʹkin</t>
   </si>
   <si>
     <t>1:38.41</t>
   </si>
   <si>
-    <t>Родион Фролов</t>
+    <t>Rodion Frolov</t>
   </si>
   <si>
     <t>1:54.19</t>
   </si>
   <si>
-    <t>Михаил Зыкин</t>
+    <t>Michael Zykin</t>
   </si>
   <si>
     <t>2:16.68</t>
   </si>
   <si>
-    <t>Вадим Мехоношин</t>
+    <t>Vadim Mekhonoshin</t>
   </si>
   <si>
     <t>2:38.11</t>
   </si>
   <si>
-    <t>Тимофей Добрынин</t>
+    <t>Timofey Dobrunin</t>
   </si>
   <si>
     <t>2:41.04</t>
   </si>
   <si>
-    <t>Владимир Першин</t>
-[...2 lines deleted...]
-    <t>Михаил Отинов</t>
+    <t>Vladimir Pershin</t>
+  </si>
+  <si>
+    <t>Mihail Otinov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -603,51 +603,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>