--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,270 +17,270 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Aleksandr Dokin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>33.52</t>
   </si>
   <si>
     <t>29.38</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>35.39</t>
+  </si>
+  <si>
+    <t>28.44</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
-[...8 lines deleted...]
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
-[...5 lines deleted...]
-    <t>44.72</t>
+    <t>37.85</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
     <t>39.05</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:04.04</t>
   </si>
   <si>
     <t>55.40</t>
   </si>
   <si>
-    <t>Vladimir Kochergin</t>
+    <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>1:06.98</t>
   </si>
   <si>
     <t>53.63</t>
   </si>
   <si>
-    <t>Danil Snigirev</t>
+    <t>Данил Снигирев</t>
   </si>
   <si>
     <t>1:07.09</t>
   </si>
   <si>
     <t>1:01.99</t>
   </si>
   <si>
-    <t>Pavel Bondarenko</t>
+    <t>Павел Бондаренко</t>
   </si>
   <si>
     <t>1:10.45</t>
   </si>
   <si>
     <t>55.29</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>1:14.46</t>
   </si>
   <si>
     <t>1:00.38</t>
   </si>
   <si>
-    <t>Ilia Krutov</t>
+    <t>Илья Крутов</t>
   </si>
   <si>
     <t>1:15.00</t>
   </si>
   <si>
     <t>1:06.22</t>
   </si>
   <si>
-    <t>Dmitriy Duganov</t>
+    <t>Тимур Братухин</t>
+  </si>
+  <si>
+    <t>1:29.59</t>
+  </si>
+  <si>
+    <t>1:14.07</t>
+  </si>
+  <si>
+    <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>1:30.40</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Timur Bratukhin</t>
-[...8 lines deleted...]
-    <t>Egor Melkozerov</t>
+    <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>1:34.64</t>
   </si>
   <si>
     <t>1:26.71</t>
   </si>
   <si>
-    <t>Artem Donguzov</t>
+    <t>Артем Донгузов</t>
   </si>
   <si>
     <t>1:48.32</t>
   </si>
   <si>
-    <t>1:29.52</t>
-[...2 lines deleted...]
-    <t>Petr Shipitsin</t>
+    <t>1:40.25</t>
+  </si>
+  <si>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>1:35.25</t>
   </si>
   <si>
-    <t>Roman Redʹkin</t>
+    <t>Роман Редькин</t>
   </si>
   <si>
     <t>1:38.41</t>
   </si>
   <si>
-    <t>Rodion Frolov</t>
+    <t>Родион Фролов</t>
   </si>
   <si>
     <t>1:54.19</t>
   </si>
   <si>
-    <t>Michael Zykin</t>
+    <t>Михаил Зыкин</t>
   </si>
   <si>
     <t>2:16.68</t>
   </si>
   <si>
-    <t>Vadim Mekhonoshin</t>
+    <t>Вадим Мехоношин</t>
   </si>
   <si>
     <t>2:38.11</t>
   </si>
   <si>
-    <t>Timofey Dobrunin</t>
+    <t>Тимофей Добрынин</t>
   </si>
   <si>
     <t>2:41.04</t>
   </si>
   <si>
-    <t>Vladimir Pershin</t>
-[...2 lines deleted...]
-    <t>Mihail Otinov</t>
+    <t>Владимир Першин</t>
+  </si>
+  <si>
+    <t>Михаил Отинов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -603,51 +603,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>