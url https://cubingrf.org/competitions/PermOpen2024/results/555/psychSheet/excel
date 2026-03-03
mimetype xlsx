--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -26,177 +26,177 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>1:00.51</t>
+  </si>
+  <si>
+    <t>55.86</t>
+  </si>
+  <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
-[...7 lines deleted...]
-  <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
+    <t>57.96</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>1:13.84</t>
   </si>
   <si>
     <t>1:05.46</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>1:14.68</t>
-[...2 lines deleted...]
-    <t>1:09.34</t>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>1:20.67</t>
   </si>
   <si>
     <t>1:15.81</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
     <t>Артур Хамзин</t>
   </si>
   <si>
-    <t>1:43.73</t>
+    <t>1:37.56</t>
   </si>
   <si>
     <t>1:30.49</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>1:46.97</t>
   </si>
   <si>
     <t>1:38.45</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>2:11.42</t>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>2:34.64</t>
   </si>
   <si>
     <t>2:18.78</t>
   </si>
   <si>
     <t>Илья Крутов</t>
   </si>
   <si>
     <t>2:44.40</t>
   </si>
   <si>
     <t>2:20.50</t>
   </si>
   <si>
     <t>Данил Снигирев</t>
   </si>
   <si>
     <t>2:53.03</t>
   </si>
   <si>
     <t>2:22.78</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>3:18.10</t>
   </si>
   <si>
     <t>Артем Донгузов</t>
   </si>
   <si>
-    <t>3:21.84</t>
+    <t>3:22.36</t>
   </si>
   <si>
     <t>Павел Бондаренко</t>
   </si>
   <si>
     <t>3:23.19</t>
   </si>
   <si>
     <t>Вадим Мехоношин</t>
   </si>
   <si>
     <t>Тимофей Добрынин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>