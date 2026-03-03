--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -125,102 +125,102 @@
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>8.78</t>
   </si>
   <si>
     <t>Egor Melkozerov</t>
   </si>
   <si>
     <t>10.58</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>Artur Khamzin</t>
   </si>
   <si>
     <t>12.86</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
+    <t>Timur Bratukhin</t>
+  </si>
+  <si>
+    <t>14.51</t>
+  </si>
+  <si>
+    <t>13.02</t>
+  </si>
+  <si>
     <t>Vladimir Pershin</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>12.29</t>
   </si>
   <si>
-    <t>Timur Bratukhin</t>
-[...5 lines deleted...]
-    <t>13.37</t>
+    <t>Ilia Krutov</t>
+  </si>
+  <si>
+    <t>15.53</t>
+  </si>
+  <si>
+    <t>12.63</t>
   </si>
   <si>
     <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
     <t>12.24</t>
   </si>
   <si>
     <t>Vladimir Kochergin</t>
   </si>
   <si>
     <t>16.22</t>
   </si>
   <si>
     <t>13.98</t>
   </si>
   <si>
     <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>16.24</t>
   </si>
   <si>
-    <t>11.89</t>
-[...8 lines deleted...]
-    <t>12.63</t>
+    <t>14.85</t>
   </si>
   <si>
     <t>Dmitriy Duganov</t>
   </si>
   <si>
     <t>21.49</t>
   </si>
   <si>
     <t>17.66</t>
   </si>
   <si>
     <t>Ksenia Chekmeneva</t>
   </si>
   <si>
     <t>26.61</t>
   </si>
   <si>
     <t>23.62</t>
   </si>
   <si>
     <t>Akopyan Viktoria</t>
   </si>
   <si>
     <t>35.41</t>
   </si>