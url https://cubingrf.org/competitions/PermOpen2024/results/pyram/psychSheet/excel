--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -131,51 +131,51 @@
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>8.30</t>
   </si>
   <si>
     <t>3.60</t>
   </si>
   <si>
     <t>Артем Донгузов</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
-    <t>6.63</t>
+    <t>7.14</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>8.81</t>
   </si>
   <si>
     <t>7.21</t>
   </si>
   <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>3.64</t>
   </si>
   <si>
     <t>Илья Крутов</t>
   </si>
   <si>
     <t>10.42</t>
   </si>