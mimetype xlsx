--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -26,723 +26,723 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>7.38</t>
+  </si>
+  <si>
+    <t>6.26</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>9.32</t>
+  </si>
+  <si>
+    <t>7.98</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>9.93</t>
+  </si>
+  <si>
+    <t>8.64</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>10.04</t>
+  </si>
+  <si>
+    <t>8.35</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>10.18</t>
+  </si>
+  <si>
+    <t>8.11</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>10.42</t>
+  </si>
+  <si>
+    <t>7.05</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>10.59</t>
+  </si>
+  <si>
+    <t>9.12</t>
+  </si>
+  <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>10.98</t>
+  </si>
+  <si>
+    <t>8.52</t>
+  </si>
+  <si>
+    <t>Кирилл Галовский</t>
+  </si>
+  <si>
+    <t>11.12</t>
+  </si>
+  <si>
+    <t>9.08</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.53</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>13.08</t>
+  </si>
+  <si>
+    <t>10.72</t>
+  </si>
+  <si>
+    <t>Степан Качинский</t>
+  </si>
+  <si>
+    <t>13.89</t>
+  </si>
+  <si>
+    <t>12.56</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>14.22</t>
+  </si>
+  <si>
+    <t>12.00</t>
+  </si>
+  <si>
+    <t>Даниил Тарасов</t>
+  </si>
+  <si>
+    <t>15.00</t>
+  </si>
+  <si>
+    <t>14.57</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
+    <t>12.17</t>
+  </si>
+  <si>
+    <t>Давид Кивирьян</t>
+  </si>
+  <si>
+    <t>18.22</t>
+  </si>
+  <si>
+    <t>14.37</t>
+  </si>
+  <si>
+    <t>Данил Василенко</t>
+  </si>
+  <si>
+    <t>18.50</t>
+  </si>
+  <si>
+    <t>16.86</t>
+  </si>
+  <si>
+    <t>Руслан Марков</t>
+  </si>
+  <si>
+    <t>20.39</t>
+  </si>
+  <si>
+    <t>14.43</t>
+  </si>
+  <si>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>22.74</t>
+  </si>
+  <si>
+    <t>17.57</t>
+  </si>
+  <si>
+    <t>Артём Савёлов</t>
+  </si>
+  <si>
+    <t>23.46</t>
+  </si>
+  <si>
+    <t>16.68</t>
+  </si>
+  <si>
+    <t>Арсений Ярцев</t>
+  </si>
+  <si>
+    <t>23.56</t>
+  </si>
+  <si>
+    <t>19.91</t>
+  </si>
+  <si>
+    <t>Василий Багаев</t>
+  </si>
+  <si>
+    <t>24.22</t>
+  </si>
+  <si>
+    <t>19.94</t>
+  </si>
+  <si>
+    <t>Владимир Серебренников</t>
+  </si>
+  <si>
+    <t>26.92</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>Андрей Марков</t>
+  </si>
+  <si>
+    <t>28.75</t>
+  </si>
+  <si>
+    <t>22.32</t>
+  </si>
+  <si>
+    <t>Михаил Бормосов</t>
+  </si>
+  <si>
+    <t>31.85</t>
+  </si>
+  <si>
+    <t>25.07</t>
+  </si>
+  <si>
+    <t>Максим Зайцев</t>
+  </si>
+  <si>
+    <t>32.13</t>
+  </si>
+  <si>
+    <t>21.69</t>
+  </si>
+  <si>
+    <t>Арсений Иванов</t>
+  </si>
+  <si>
+    <t>32.65</t>
+  </si>
+  <si>
+    <t>22.64</t>
+  </si>
+  <si>
+    <t>Юлия Стрелкова</t>
+  </si>
+  <si>
+    <t>34.97</t>
+  </si>
+  <si>
+    <t>25.44</t>
+  </si>
+  <si>
+    <t>Даниил Гуров</t>
+  </si>
+  <si>
+    <t>35.20</t>
+  </si>
+  <si>
+    <t>31.60</t>
+  </si>
+  <si>
+    <t>Артём Соболев</t>
+  </si>
+  <si>
+    <t>35.92</t>
+  </si>
+  <si>
+    <t>32.30</t>
+  </si>
+  <si>
+    <t>Лев Новичонок</t>
+  </si>
+  <si>
+    <t>38.13</t>
+  </si>
+  <si>
+    <t>34.35</t>
+  </si>
+  <si>
+    <t>Даниил Савельев</t>
+  </si>
+  <si>
+    <t>39.14</t>
+  </si>
+  <si>
+    <t>37.06</t>
+  </si>
+  <si>
+    <t>Андрей Кабаков</t>
+  </si>
+  <si>
+    <t>39.20</t>
+  </si>
+  <si>
+    <t>29.04</t>
+  </si>
+  <si>
+    <t>Константин Маляренко</t>
+  </si>
+  <si>
+    <t>39.33</t>
+  </si>
+  <si>
+    <t>32.98</t>
+  </si>
+  <si>
+    <t>Алексей Волохов</t>
+  </si>
+  <si>
+    <t>39.54</t>
+  </si>
+  <si>
+    <t>38.42</t>
+  </si>
+  <si>
+    <t>Михаил Решетников</t>
+  </si>
+  <si>
+    <t>40.41</t>
+  </si>
+  <si>
+    <t>38.08</t>
+  </si>
+  <si>
+    <t>Екатерина Кудырко</t>
+  </si>
+  <si>
+    <t>41.21</t>
+  </si>
+  <si>
+    <t>36.84</t>
+  </si>
+  <si>
+    <t>Богдан Новиков</t>
+  </si>
+  <si>
+    <t>41.75</t>
+  </si>
+  <si>
+    <t>32.36</t>
+  </si>
+  <si>
+    <t>Никита Петровский</t>
+  </si>
+  <si>
+    <t>42.93</t>
+  </si>
+  <si>
+    <t>38.71</t>
+  </si>
+  <si>
+    <t>Александр Гарамов</t>
+  </si>
+  <si>
+    <t>45.04</t>
+  </si>
+  <si>
+    <t>40.54</t>
+  </si>
+  <si>
+    <t>Владимир Абрамов</t>
+  </si>
+  <si>
+    <t>46.61</t>
+  </si>
+  <si>
+    <t>38.61</t>
+  </si>
+  <si>
+    <t>Матвей Кузнецов</t>
+  </si>
+  <si>
+    <t>46.82</t>
+  </si>
+  <si>
+    <t>41.86</t>
+  </si>
+  <si>
+    <t>Станислав Симонов</t>
+  </si>
+  <si>
+    <t>46.93</t>
+  </si>
+  <si>
+    <t>44.16</t>
+  </si>
+  <si>
+    <t>Анастасия Гудзь</t>
+  </si>
+  <si>
+    <t>47.50</t>
+  </si>
+  <si>
+    <t>34.49</t>
+  </si>
+  <si>
+    <t>Виталий Поздняков</t>
+  </si>
+  <si>
+    <t>48.47</t>
+  </si>
+  <si>
+    <t>44.39</t>
+  </si>
+  <si>
+    <t>Руслан Снетков</t>
+  </si>
+  <si>
+    <t>50.05</t>
+  </si>
+  <si>
+    <t>39.00</t>
+  </si>
+  <si>
+    <t>Артём Вербов</t>
+  </si>
+  <si>
+    <t>50.99</t>
+  </si>
+  <si>
+    <t>36.72</t>
+  </si>
+  <si>
+    <t>Александр Наседкин</t>
+  </si>
+  <si>
+    <t>51.61</t>
+  </si>
+  <si>
+    <t>40.23</t>
+  </si>
+  <si>
+    <t>Георгий Седачев</t>
+  </si>
+  <si>
+    <t>55.44</t>
+  </si>
+  <si>
+    <t>49.83</t>
+  </si>
+  <si>
+    <t>Дмитрий Ротькин</t>
+  </si>
+  <si>
+    <t>56.77</t>
+  </si>
+  <si>
+    <t>47.16</t>
+  </si>
+  <si>
+    <t>Степан Барабанов</t>
+  </si>
+  <si>
+    <t>1:00.14</t>
+  </si>
+  <si>
+    <t>48.82</t>
+  </si>
+  <si>
+    <t>Дмитрий Магазов</t>
+  </si>
+  <si>
+    <t>1:01.29</t>
+  </si>
+  <si>
+    <t>52.08</t>
+  </si>
+  <si>
+    <t>Таисия Соколова</t>
+  </si>
+  <si>
+    <t>1:02.77</t>
+  </si>
+  <si>
+    <t>58.36</t>
+  </si>
+  <si>
+    <t>Давид Насыров</t>
+  </si>
+  <si>
+    <t>1:03.09</t>
+  </si>
+  <si>
+    <t>58.85</t>
+  </si>
+  <si>
+    <t>Мария Макаршина</t>
+  </si>
+  <si>
+    <t>1:06.81</t>
+  </si>
+  <si>
+    <t>55.10</t>
+  </si>
+  <si>
+    <t>Вадим Сержантов</t>
+  </si>
+  <si>
+    <t>1:07.11</t>
+  </si>
+  <si>
+    <t>1:00.74</t>
+  </si>
+  <si>
+    <t>Радомир Щукин</t>
+  </si>
+  <si>
+    <t>1:09.44</t>
+  </si>
+  <si>
+    <t>1:00.31</t>
+  </si>
+  <si>
+    <t>Александр Могильников</t>
+  </si>
+  <si>
+    <t>1:10.59</t>
+  </si>
+  <si>
+    <t>1:02.94</t>
+  </si>
+  <si>
+    <t>Андрей Федоров</t>
+  </si>
+  <si>
+    <t>1:11.57</t>
+  </si>
+  <si>
+    <t>1:06.43</t>
+  </si>
+  <si>
+    <t>Максим Богданов</t>
+  </si>
+  <si>
+    <t>1:17.36</t>
+  </si>
+  <si>
+    <t>1:03.92</t>
+  </si>
+  <si>
+    <t>Илья Гоголев</t>
+  </si>
+  <si>
+    <t>1:17.41</t>
+  </si>
+  <si>
+    <t>1:08.26</t>
+  </si>
+  <si>
+    <t>Станислав Кобкин</t>
+  </si>
+  <si>
+    <t>1:17.43</t>
+  </si>
+  <si>
+    <t>59.83</t>
+  </si>
+  <si>
+    <t>Иван Колосов</t>
+  </si>
+  <si>
+    <t>1:22.32</t>
+  </si>
+  <si>
+    <t>1:14.99</t>
+  </si>
+  <si>
+    <t>Диана Кивирьян</t>
+  </si>
+  <si>
+    <t>1:30.54</t>
+  </si>
+  <si>
+    <t>1:22.73</t>
+  </si>
+  <si>
+    <t>Сева Тарасов</t>
+  </si>
+  <si>
+    <t>1:39.33</t>
+  </si>
+  <si>
+    <t>1:31.93</t>
+  </si>
+  <si>
+    <t>Сергей Погуляев</t>
+  </si>
+  <si>
+    <t>1:44.05</t>
+  </si>
+  <si>
+    <t>1:03.87</t>
+  </si>
+  <si>
+    <t>Анастасия Иванова</t>
+  </si>
+  <si>
+    <t>1:46.92</t>
+  </si>
+  <si>
+    <t>1:34.29</t>
+  </si>
+  <si>
+    <t>Ирина Бровко</t>
+  </si>
+  <si>
+    <t>1:57.59</t>
+  </si>
+  <si>
+    <t>1:32.85</t>
+  </si>
+  <si>
+    <t>Даниил Волков</t>
+  </si>
+  <si>
+    <t>1:58.46</t>
+  </si>
+  <si>
+    <t>1:37.45</t>
+  </si>
+  <si>
+    <t>Артем Симон</t>
+  </si>
+  <si>
+    <t>2:03.97</t>
+  </si>
+  <si>
+    <t>1:48.92</t>
+  </si>
+  <si>
+    <t>Данила Дмитренок</t>
+  </si>
+  <si>
+    <t>2:26.48</t>
+  </si>
+  <si>
+    <t>1:34.68</t>
+  </si>
+  <si>
+    <t>Арина Кудряшова</t>
+  </si>
+  <si>
+    <t>2:48.48</t>
+  </si>
+  <si>
+    <t>Александр Музыкантов</t>
+  </si>
+  <si>
+    <t>Алина Султанахмедова</t>
+  </si>
+  <si>
+    <t>Антон Бобров</t>
+  </si>
+  <si>
+    <t>Артём Степанов</t>
+  </si>
+  <si>
+    <t>Борисичев Владимир</t>
+  </si>
+  <si>
+    <t>Валерия Боженко</t>
+  </si>
+  <si>
+    <t>Василий Мальков</t>
+  </si>
+  <si>
+    <t>Владислав Заграбчук</t>
+  </si>
+  <si>
+    <t>Григорий Новицкий</t>
+  </si>
+  <si>
     <t>Дилан Миллер</t>
-  </si>
-[...670 lines deleted...]
-    <t>Григорий Новицкий</t>
   </si>
   <si>
     <t>Дмитрий Игнатович</t>
   </si>
   <si>
     <t>Иван Фокин</t>
   </si>
   <si>
     <t>Илья Колбасов</t>
   </si>
   <si>
     <t>Лонин Павел</t>
   </si>
   <si>
     <t>Матвей Исупов</t>
   </si>
   <si>
     <t>Михаил Гончаров</t>
   </si>
   <si>
     <t>Михаил Савенко</t>
   </si>
   <si>
     <t>Никита Носович</t>
   </si>
@@ -1249,946 +1249,938 @@
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D38" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D39" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D41" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D42" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D43" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D44" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D45" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D46" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D48" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D49" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D50" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D51" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D52" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D53" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D54" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D55" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D56" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D57" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D58" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D59" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D60" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D61" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D62" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D63" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D64" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D65" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D66" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D67" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D68" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D69" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D70" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D71" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D72" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="C73" s="1"/>
       <c r="D73" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="74" spans="1:4">
-      <c r="A74">
-[...1 lines deleted...]
-      </c>
       <c r="B74" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C74" s="1"/>
-      <c r="D74" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="B75" t="s">
         <v>220</v>
       </c>
       <c r="C75" s="1"/>
     </row>
     <row r="76" spans="1:4">
       <c r="B76" t="s">
         <v>221</v>
       </c>
       <c r="C76" s="1"/>
     </row>
     <row r="77" spans="1:4">
       <c r="B77" t="s">
         <v>222</v>
       </c>
       <c r="C77" s="1"/>
     </row>
     <row r="78" spans="1:4">
       <c r="B78" t="s">
         <v>223</v>
       </c>
       <c r="C78" s="1"/>
     </row>