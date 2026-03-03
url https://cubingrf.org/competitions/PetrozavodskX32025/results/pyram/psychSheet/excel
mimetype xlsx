--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,497 +12,494 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>2.10</t>
+    <t>2.09</t>
   </si>
   <si>
     <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>2.31</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>3.85</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
-    <t>4.91</t>
+    <t>4.76</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
-    <t>3.23</t>
+    <t>2.97</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>5.82</t>
+  </si>
+  <si>
+    <t>3.74</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>6.57</t>
+  </si>
+  <si>
+    <t>3.79</t>
+  </si>
+  <si>
+    <t>Кирилл Галовский</t>
+  </si>
+  <si>
+    <t>6.98</t>
+  </si>
+  <si>
+    <t>4.32</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.69</t>
+  </si>
+  <si>
+    <t>Данил Василенко</t>
+  </si>
+  <si>
+    <t>8.06</t>
+  </si>
+  <si>
+    <t>6.22</t>
+  </si>
+  <si>
+    <t>Артём Савёлов</t>
+  </si>
+  <si>
+    <t>8.25</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>8.35</t>
+  </si>
+  <si>
+    <t>5.79</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>9.14</t>
+  </si>
+  <si>
+    <t>6.31</t>
+  </si>
+  <si>
+    <t>Василий Багаев</t>
+  </si>
+  <si>
+    <t>10.32</t>
+  </si>
+  <si>
+    <t>8.16</t>
+  </si>
+  <si>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>11.63</t>
+  </si>
+  <si>
+    <t>6.56</t>
+  </si>
+  <si>
+    <t>Александр Наседкин</t>
+  </si>
+  <si>
+    <t>11.97</t>
+  </si>
+  <si>
+    <t>9.95</t>
+  </si>
+  <si>
+    <t>Арсений Иванов</t>
+  </si>
+  <si>
+    <t>12.35</t>
+  </si>
+  <si>
+    <t>9.77</t>
+  </si>
+  <si>
+    <t>Лев Новичонок</t>
+  </si>
+  <si>
+    <t>12.44</t>
+  </si>
+  <si>
+    <t>9.72</t>
+  </si>
+  <si>
+    <t>Андрей Марков</t>
+  </si>
+  <si>
+    <t>12.54</t>
+  </si>
+  <si>
+    <t>8.72</t>
+  </si>
+  <si>
+    <t>Владимир Серебренников</t>
+  </si>
+  <si>
+    <t>12.74</t>
+  </si>
+  <si>
+    <t>8.78</t>
+  </si>
+  <si>
+    <t>Елена Гусева</t>
+  </si>
+  <si>
+    <t>13.86</t>
+  </si>
+  <si>
+    <t>8.40</t>
+  </si>
+  <si>
+    <t>Давид Кивирьян</t>
+  </si>
+  <si>
+    <t>14.02</t>
+  </si>
+  <si>
+    <t>9.47</t>
+  </si>
+  <si>
+    <t>Даниил Тарасов</t>
+  </si>
+  <si>
+    <t>14.20</t>
+  </si>
+  <si>
+    <t>9.44</t>
+  </si>
+  <si>
+    <t>Арсений Ярцев</t>
+  </si>
+  <si>
+    <t>14.78</t>
+  </si>
+  <si>
+    <t>12.46</t>
+  </si>
+  <si>
+    <t>Александр Гарамов</t>
+  </si>
+  <si>
+    <t>15.58</t>
+  </si>
+  <si>
+    <t>11.65</t>
+  </si>
+  <si>
+    <t>Анастасия Гудзь</t>
+  </si>
+  <si>
+    <t>16.38</t>
+  </si>
+  <si>
+    <t>13.94</t>
+  </si>
+  <si>
+    <t>Станислав Симонов</t>
+  </si>
+  <si>
+    <t>16.42</t>
+  </si>
+  <si>
+    <t>13.23</t>
+  </si>
+  <si>
+    <t>Михаил Бормосов</t>
+  </si>
+  <si>
+    <t>18.07</t>
+  </si>
+  <si>
+    <t>14.72</t>
+  </si>
+  <si>
+    <t>Радомир Щукин</t>
+  </si>
+  <si>
+    <t>18.37</t>
+  </si>
+  <si>
+    <t>13.89</t>
+  </si>
+  <si>
+    <t>Артём Соболев</t>
+  </si>
+  <si>
+    <t>18.47</t>
+  </si>
+  <si>
+    <t>15.27</t>
+  </si>
+  <si>
+    <t>Даниил Савельев</t>
+  </si>
+  <si>
+    <t>18.80</t>
+  </si>
+  <si>
+    <t>15.53</t>
+  </si>
+  <si>
+    <t>Екатерина Кудырко</t>
+  </si>
+  <si>
+    <t>18.85</t>
+  </si>
+  <si>
+    <t>15.94</t>
+  </si>
+  <si>
+    <t>Георгий Седачев</t>
+  </si>
+  <si>
+    <t>20.41</t>
+  </si>
+  <si>
+    <t>18.63</t>
+  </si>
+  <si>
+    <t>Максим Богданов</t>
+  </si>
+  <si>
+    <t>20.94</t>
+  </si>
+  <si>
+    <t>9.80</t>
+  </si>
+  <si>
+    <t>Богдан Новиков</t>
+  </si>
+  <si>
+    <t>21.35</t>
+  </si>
+  <si>
+    <t>11.79</t>
+  </si>
+  <si>
+    <t>Матвей Кузнецов</t>
+  </si>
+  <si>
+    <t>22.82</t>
+  </si>
+  <si>
+    <t>20.58</t>
+  </si>
+  <si>
+    <t>Андрей Федоров</t>
+  </si>
+  <si>
+    <t>23.50</t>
+  </si>
+  <si>
+    <t>12.99</t>
+  </si>
+  <si>
+    <t>Артём Вербов</t>
+  </si>
+  <si>
+    <t>23.53</t>
+  </si>
+  <si>
+    <t>15.47</t>
+  </si>
+  <si>
+    <t>Александр Музыкантов</t>
+  </si>
+  <si>
+    <t>24.19</t>
+  </si>
+  <si>
+    <t>16.06</t>
+  </si>
+  <si>
+    <t>Вадим Сержантов</t>
+  </si>
+  <si>
+    <t>25.14</t>
+  </si>
+  <si>
+    <t>21.08</t>
+  </si>
+  <si>
+    <t>Дмитрий Магазов</t>
+  </si>
+  <si>
+    <t>30.83</t>
+  </si>
+  <si>
+    <t>20.39</t>
+  </si>
+  <si>
+    <t>Сева Тарасов</t>
+  </si>
+  <si>
+    <t>35.05</t>
+  </si>
+  <si>
+    <t>23.84</t>
+  </si>
+  <si>
+    <t>Давид Насыров</t>
+  </si>
+  <si>
+    <t>35.11</t>
+  </si>
+  <si>
+    <t>23.33</t>
+  </si>
+  <si>
+    <t>Артем Симон</t>
+  </si>
+  <si>
+    <t>36.29</t>
+  </si>
+  <si>
+    <t>27.03</t>
+  </si>
+  <si>
+    <t>Александр Могильников</t>
+  </si>
+  <si>
+    <t>Алина Султанахмедова</t>
+  </si>
+  <si>
+    <t>Борисичев Владимир</t>
+  </si>
+  <si>
+    <t>Валерия Боженко</t>
+  </si>
+  <si>
+    <t>Виталий Поздняков</t>
+  </si>
+  <si>
+    <t>Григорий Новицкий</t>
   </si>
   <si>
     <t>Дилан Миллер</t>
-  </si>
-[...370 lines deleted...]
-    <t>Григорий Новицкий</t>
   </si>
   <si>
     <t>Иван Фокин</t>
   </si>
   <si>
     <t>Илья Колбасов</t>
   </si>
   <si>
     <t>Михаил Гончаров</t>
   </si>
   <si>
     <t>Ольга Чеботарёва</t>
   </si>
   <si>
     <t>Руслан Снетков</t>
   </si>
   <si>
     <t>Ярослав Бакала</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1293,346 +1290,338 @@
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D31" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D39" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D41" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D42" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D43" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D44" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D45" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D46" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:4">
-      <c r="A48">
-[...1 lines deleted...]
-      </c>
       <c r="B48" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="C48" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C48" s="1"/>
     </row>
     <row r="49" spans="1:4">
       <c r="B49" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C49" s="1"/>
     </row>
     <row r="50" spans="1:4">
       <c r="B50" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C50" s="1"/>
     </row>
     <row r="51" spans="1:4">
       <c r="B51" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C51" s="1"/>
     </row>
     <row r="52" spans="1:4">
       <c r="B52" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C52" s="1"/>
     </row>
     <row r="53" spans="1:4">
       <c r="B53" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C53" s="1"/>
     </row>
     <row r="54" spans="1:4">
       <c r="B54" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C54" s="1"/>
     </row>
     <row r="55" spans="1:4">
       <c r="B55" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C55" s="1"/>
     </row>
     <row r="56" spans="1:4">
       <c r="B56" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C56" s="1"/>
     </row>
     <row r="57" spans="1:4">
       <c r="B57" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C57" s="1"/>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C58" s="1"/>
     </row>
     <row r="59" spans="1:4">
       <c r="B59" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C59" s="1"/>
     </row>
     <row r="60" spans="1:4">
       <c r="B60" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C60" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>