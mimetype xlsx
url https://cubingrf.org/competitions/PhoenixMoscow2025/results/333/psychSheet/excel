--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
@@ -197,246 +197,249 @@
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.38</t>
   </si>
   <si>
     <t>Мартин Николаев</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>10.10</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>10.27</t>
+  </si>
+  <si>
+    <t>7.68</t>
+  </si>
+  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.33</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
-[...7 lines deleted...]
-  <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
     <t>7.85</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
-    <t>8.12</t>
+    <t>8.11</t>
   </si>
   <si>
     <t>Дмитрий Галкин</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
     <t>10.12</t>
   </si>
   <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>10.98</t>
+  </si>
+  <si>
+    <t>9.13</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>11.23</t>
   </si>
   <si>
-    <t>9.13</t>
-[...1 lines deleted...]
-  <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Роман Самвелян</t>
+  </si>
+  <si>
+    <t>11.37</t>
+  </si>
+  <si>
+    <t>10.49</t>
+  </si>
+  <si>
+    <t>Роман Ярушевский</t>
+  </si>
+  <si>
+    <t>11.64</t>
+  </si>
+  <si>
+    <t>10.22</t>
+  </si>
+  <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>9.23</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>11.73</t>
+  </si>
+  <si>
+    <t>9.58</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>11.80</t>
+  </si>
+  <si>
+    <t>8.31</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
+    <t>10.07</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>12.77</t>
+  </si>
+  <si>
+    <t>9.84</t>
+  </si>
+  <si>
+    <t>Карен Заргарян</t>
+  </si>
+  <si>
+    <t>12.92</t>
+  </si>
+  <si>
+    <t>11.69</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>13.13</t>
   </si>
   <si>
     <t>11.29</t>
   </si>
   <si>
-    <t>Роман Самвелян</t>
-[...76 lines deleted...]
-  <si>
     <t>Артур Фирян</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>Никита Кирюшкин</t>
   </si>
   <si>
     <t>14.18</t>
   </si>
   <si>
     <t>12.45</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>14.22</t>
   </si>
   <si>
-    <t>12.14</t>
+    <t>12.03</t>
   </si>
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>15.02</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>15.37</t>
   </si>
@@ -509,84 +512,84 @@
   <si>
     <t>Владимир Козлов</t>
   </si>
   <si>
     <t>18.11</t>
   </si>
   <si>
     <t>16.24</t>
   </si>
   <si>
     <t>Кирилл Пригода</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>Станислав Ермаков</t>
   </si>
   <si>
     <t>18.25</t>
   </si>
   <si>
     <t>16.64</t>
   </si>
   <si>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>19.49</t>
+  </si>
+  <si>
+    <t>17.69</t>
+  </si>
+  <si>
     <t>Пётр Юнин</t>
   </si>
   <si>
     <t>20.15</t>
   </si>
   <si>
     <t>15.31</t>
   </si>
   <si>
     <t>Яромир Тиунов</t>
   </si>
   <si>
     <t>23.02</t>
   </si>
   <si>
     <t>19.18</t>
   </si>
   <si>
     <t>Иван Бобкин</t>
   </si>
   <si>
     <t>23.16</t>
   </si>
   <si>
     <t>20.08</t>
-  </si>
-[...7 lines deleted...]
-    <t>21.48</t>
   </si>
   <si>
     <t>Даниил Долматов</t>
   </si>
   <si>
     <t>26.02</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>Даниил Тертышный</t>
   </si>
   <si>
     <t>27.35</t>
   </si>
   <si>
     <t>17.90</t>
   </si>
   <si>
     <t>Мирон Головатый</t>
   </si>
   <si>
     <t>27.69</t>
   </si>
@@ -1470,121 +1473,121 @@
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D25" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D28" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D29" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>92</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D32" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>96</v>
@@ -1666,639 +1669,639 @@
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D39" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>91</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D50" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D53" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D54" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D55" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D58" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D59" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D60" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D61" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D65" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D66" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D67" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D68" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D70" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D71" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D72" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D73" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D74" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D75" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>223</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D76" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D77" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D78" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D79" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D80" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D81" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D82" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>