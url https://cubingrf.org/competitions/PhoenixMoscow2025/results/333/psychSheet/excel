--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -38,69 +38,69 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>7.07</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
-    <t>7.83</t>
+    <t>7.98</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>8.29</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
@@ -152,639 +152,639 @@
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>7.24</t>
   </si>
   <si>
     <t>Фёдор Борисов</t>
   </si>
   <si>
     <t>8.97</t>
   </si>
   <si>
     <t>7.72</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
+    <t>Андрей Синицын</t>
+  </si>
+  <si>
+    <t>9.18</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
     <t>Игорь Тарабрин</t>
   </si>
   <si>
-    <t>9.05</t>
+    <t>9.34</t>
   </si>
   <si>
     <t>8.02</t>
   </si>
   <si>
-    <t>Андрей Синицын</t>
-[...7 lines deleted...]
-  <si>
     <t>Антон Семидетко</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.38</t>
   </si>
   <si>
     <t>Мартин Николаев</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>10.18</t>
+  </si>
+  <si>
+    <t>8.11</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>10.27</t>
+  </si>
+  <si>
+    <t>7.68</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>10.33</t>
+  </si>
+  <si>
+    <t>7.91</t>
+  </si>
+  <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
-    <t>10.10</t>
+    <t>10.38</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
-[...14 lines deleted...]
-    <t>7.91</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>10.42</t>
+  </si>
+  <si>
+    <t>7.05</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>10.59</t>
+  </si>
+  <si>
+    <t>9.12</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
     <t>7.85</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Галкин</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
     <t>10.12</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>10.98</t>
   </si>
   <si>
-    <t>9.13</t>
+    <t>8.52</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
+    <t>9.51</t>
+  </si>
+  <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...4 lines deleted...]
-  <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
     <t>Роман Самвелян</t>
   </si>
   <si>
     <t>11.37</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
-    <t>9.23</t>
+    <t>9.53</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
     <t>9.58</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...7 lines deleted...]
-  <si>
     <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
     <t>Карен Заргарян</t>
   </si>
   <si>
     <t>12.92</t>
   </si>
   <si>
     <t>11.69</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>13.13</t>
   </si>
   <si>
     <t>11.29</t>
   </si>
   <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>11.95</t>
+  </si>
+  <si>
+    <t>Никита Кирюшкин</t>
+  </si>
+  <si>
+    <t>14.18</t>
+  </si>
+  <si>
+    <t>12.96</t>
+  </si>
+  <si>
     <t>Артур Фирян</t>
   </si>
   <si>
-    <t>13.54</t>
-[...20 lines deleted...]
-    <t>12.03</t>
+    <t>14.27</t>
+  </si>
+  <si>
+    <t>12.73</t>
+  </si>
+  <si>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>14.47</t>
+  </si>
+  <si>
+    <t>12.54</t>
   </si>
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
-    <t>Никита Чесноков</t>
-[...7 lines deleted...]
-  <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>15.37</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
     <t>Никита Малышкин</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
     <t>Марк Мирошников</t>
   </si>
   <si>
     <t>15.72</t>
   </si>
   <si>
     <t>14.61</t>
   </si>
   <si>
     <t>Никита Евланов</t>
   </si>
   <si>
     <t>16.65</t>
   </si>
   <si>
     <t>12.01</t>
   </si>
   <si>
+    <t>Максимилиан Корчагин</t>
+  </si>
+  <si>
+    <t>17.03</t>
+  </si>
+  <si>
+    <t>14.66</t>
+  </si>
+  <si>
+    <t>Рустам Ахундов</t>
+  </si>
+  <si>
+    <t>17.76</t>
+  </si>
+  <si>
+    <t>14.75</t>
+  </si>
+  <si>
+    <t>Владимир Козлов</t>
+  </si>
+  <si>
+    <t>18.11</t>
+  </si>
+  <si>
+    <t>16.24</t>
+  </si>
+  <si>
+    <t>Кирилл Пригода</t>
+  </si>
+  <si>
+    <t>18.23</t>
+  </si>
+  <si>
+    <t>Станислав Ермаков</t>
+  </si>
+  <si>
+    <t>18.25</t>
+  </si>
+  <si>
+    <t>16.64</t>
+  </si>
+  <si>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>19.49</t>
+  </si>
+  <si>
+    <t>17.69</t>
+  </si>
+  <si>
+    <t>Пётр Юнин</t>
+  </si>
+  <si>
+    <t>20.15</t>
+  </si>
+  <si>
+    <t>15.31</t>
+  </si>
+  <si>
+    <t>Яромир Тиунов</t>
+  </si>
+  <si>
+    <t>23.02</t>
+  </si>
+  <si>
+    <t>19.18</t>
+  </si>
+  <si>
+    <t>Иван Бобкин</t>
+  </si>
+  <si>
+    <t>23.16</t>
+  </si>
+  <si>
+    <t>20.08</t>
+  </si>
+  <si>
+    <t>Даниил Долматов</t>
+  </si>
+  <si>
+    <t>26.02</t>
+  </si>
+  <si>
+    <t>21.42</t>
+  </si>
+  <si>
+    <t>Даниил Тертышный</t>
+  </si>
+  <si>
+    <t>27.35</t>
+  </si>
+  <si>
+    <t>17.90</t>
+  </si>
+  <si>
+    <t>Мирон Головатый</t>
+  </si>
+  <si>
+    <t>27.69</t>
+  </si>
+  <si>
+    <t>23.58</t>
+  </si>
+  <si>
+    <t>София Хегай</t>
+  </si>
+  <si>
+    <t>29.16</t>
+  </si>
+  <si>
+    <t>25.13</t>
+  </si>
+  <si>
+    <t>Вячеслав Трушков</t>
+  </si>
+  <si>
+    <t>29.45</t>
+  </si>
+  <si>
+    <t>25.11</t>
+  </si>
+  <si>
+    <t>Михаил Лосев</t>
+  </si>
+  <si>
+    <t>30.67</t>
+  </si>
+  <si>
+    <t>24.49</t>
+  </si>
+  <si>
+    <t>Татьяна Максимова</t>
+  </si>
+  <si>
+    <t>33.61</t>
+  </si>
+  <si>
+    <t>29.51</t>
+  </si>
+  <si>
+    <t>Арсений Умаров</t>
+  </si>
+  <si>
+    <t>36.43</t>
+  </si>
+  <si>
+    <t>27.93</t>
+  </si>
+  <si>
+    <t>Анатолий Орешков</t>
+  </si>
+  <si>
+    <t>37.16</t>
+  </si>
+  <si>
+    <t>22.74</t>
+  </si>
+  <si>
+    <t>Ярослав Улюкаев</t>
+  </si>
+  <si>
+    <t>37.99</t>
+  </si>
+  <si>
+    <t>30.31</t>
+  </si>
+  <si>
+    <t>Роман Трофимов</t>
+  </si>
+  <si>
+    <t>39.69</t>
+  </si>
+  <si>
+    <t>31.32</t>
+  </si>
+  <si>
+    <t>Лукерья Лаврентьева</t>
+  </si>
+  <si>
+    <t>41.09</t>
+  </si>
+  <si>
+    <t>36.70</t>
+  </si>
+  <si>
+    <t>Илья Воронин</t>
+  </si>
+  <si>
+    <t>42.54</t>
+  </si>
+  <si>
+    <t>35.25</t>
+  </si>
+  <si>
+    <t>Таисия Семенихина</t>
+  </si>
+  <si>
+    <t>46.72</t>
+  </si>
+  <si>
+    <t>27.57</t>
+  </si>
+  <si>
+    <t>Евсевий Вахрамеев</t>
+  </si>
+  <si>
+    <t>47.58</t>
+  </si>
+  <si>
+    <t>36.23</t>
+  </si>
+  <si>
+    <t>Иван Шинкин</t>
+  </si>
+  <si>
+    <t>47.71</t>
+  </si>
+  <si>
+    <t>Элеонора Корчагина</t>
+  </si>
+  <si>
+    <t>49.50</t>
+  </si>
+  <si>
+    <t>39.28</t>
+  </si>
+  <si>
+    <t>Полина Прасковина</t>
+  </si>
+  <si>
+    <t>54.11</t>
+  </si>
+  <si>
+    <t>47.37</t>
+  </si>
+  <si>
+    <t>Наталья Жукова</t>
+  </si>
+  <si>
+    <t>54.20</t>
+  </si>
+  <si>
+    <t>43.37</t>
+  </si>
+  <si>
+    <t>Дмитрий Галущенко</t>
+  </si>
+  <si>
+    <t>1:00.41</t>
+  </si>
+  <si>
+    <t>51.22</t>
+  </si>
+  <si>
+    <t>Евгений Петренко</t>
+  </si>
+  <si>
+    <t>1:01.70</t>
+  </si>
+  <si>
+    <t>40.46</t>
+  </si>
+  <si>
+    <t>Егор Муравьев</t>
+  </si>
+  <si>
+    <t>1:19.97</t>
+  </si>
+  <si>
+    <t>59.13</t>
+  </si>
+  <si>
     <t>Петр Корытов</t>
-  </si>
-[...277 lines deleted...]
-    <t>59.13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1487,822 +1487,814 @@
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D38" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D39" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D41" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D42" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D43" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D44" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D45" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D46" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D48" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D49" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D50" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D51" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D52" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D53" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D54" t="s">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D55" t="s">
-        <v>123</v>
+        <v>164</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D56" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D57" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D58" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D59" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D60" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D61" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D62" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D63" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D64" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D65" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D66" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D67" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D68" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D69" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D70" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D71" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D72" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D73" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D74" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D75" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D76" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D77" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D78" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D79" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D80" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D81" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="82" spans="1:4">
-      <c r="A82">
-[...1 lines deleted...]
-      </c>
       <c r="B82" t="s">
-        <v>240</v>
-[...4 lines deleted...]
-      <c r="D82" t="s">
         <v>242</v>
       </c>
+      <c r="C82" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">