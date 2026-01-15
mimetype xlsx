--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,225 +17,225 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Андрей Ильин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Andrei Ilin</t>
   </si>
   <si>
     <t>1:04.42</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>37.54</t>
   </si>
   <si>
-    <t>Андрей Синицын</t>
+    <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>1:05.76</t>
   </si>
   <si>
     <t>38.57</t>
   </si>
   <si>
-    <t>Максимилиан Корчагин</t>
+    <t>Max Korchagin</t>
   </si>
   <si>
     <t>59.63</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:57.94</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>1:35.70</t>
   </si>
   <si>
     <t>1:26.24</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>6:28.26</t>
   </si>
   <si>
     <t>1:26.86</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>2:27.62</t>
   </si>
   <si>
     <t>1:37.37</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>1:46.29</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>3:34.48</t>
   </si>
   <si>
     <t>2:02.17</t>
   </si>
   <si>
-    <t>Дмитрий Галкин</t>
+    <t>Dmitry Galkin</t>
   </si>
   <si>
     <t>2:06.33</t>
   </si>
   <si>
-    <t>Иван Олейников</t>
+    <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>2:11.29</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>2:20.16</t>
   </si>
   <si>
-    <t>Артём Куликов</t>
+    <t>Artem Kulikov</t>
   </si>
   <si>
     <t>2:30.10</t>
   </si>
   <si>
-    <t>Максим Темнышов</t>
+    <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>2:57.63</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>3:31.93</t>
   </si>
   <si>
-    <t>Татьяна Максимова</t>
+    <t>Tatyana Maksimova</t>
   </si>
   <si>
     <t>5:30.77</t>
   </si>
   <si>
-    <t>Мартин Николаев</t>
+    <t>Martin Nikolayev</t>
   </si>
   <si>
     <t>5:52.80</t>
   </si>
   <si>
-    <t>Алексей Сенаторов</t>
+    <t>Aleksey Senatorov</t>
   </si>
   <si>
     <t>6:26.99</t>
   </si>
   <si>
-    <t>Мирон Головатый</t>
+    <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>8:09.84</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...8 lines deleted...]
-    <t>Максим Знаменщиков</t>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>Vladimir Kozlov</t>
+  </si>
+  <si>
+    <t>Daria Eliseeva</t>
+  </si>
+  <si>
+    <t>Maxim Znamenshchikov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -558,51 +558,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>