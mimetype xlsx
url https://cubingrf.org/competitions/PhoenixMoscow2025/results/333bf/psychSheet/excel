--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Andrei Ilin</t>
   </si>
   <si>
     <t>1:04.42</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>Nikolay Podobayev</t>
   </si>
   <si>
@@ -65,147 +65,144 @@
   <si>
     <t>37.54</t>
   </si>
   <si>
     <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>1:05.76</t>
   </si>
   <si>
     <t>38.57</t>
   </si>
   <si>
     <t>Max Korchagin</t>
   </si>
   <si>
     <t>59.63</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
     <t>Andrey Zhukov</t>
   </si>
   <si>
-    <t>1:57.94</t>
+    <t>2:35.11</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
     <t>Andrey Panov</t>
   </si>
   <si>
     <t>1:35.70</t>
   </si>
   <si>
-    <t>1:26.24</t>
+    <t>1:19.98</t>
   </si>
   <si>
     <t>Anatolii Turenko</t>
   </si>
   <si>
-    <t>6:28.26</t>
-[...1 lines deleted...]
-  <si>
     <t>1:26.86</t>
   </si>
   <si>
     <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>2:27.62</t>
   </si>
   <si>
     <t>1:37.37</t>
   </si>
   <si>
     <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>1:46.29</t>
   </si>
   <si>
     <t>Olga Yasakova</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
     <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>3:34.48</t>
   </si>
   <si>
     <t>2:02.17</t>
   </si>
   <si>
     <t>Dmitry Galkin</t>
   </si>
   <si>
     <t>2:06.33</t>
   </si>
   <si>
     <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>2:11.29</t>
   </si>
   <si>
+    <t>Artem Kulikov</t>
+  </si>
+  <si>
+    <t>2:30.10</t>
+  </si>
+  <si>
+    <t>Maksim Temnyshov</t>
+  </si>
+  <si>
+    <t>2:57.63</t>
+  </si>
+  <si>
+    <t>Vasilii Nikolashin</t>
+  </si>
+  <si>
+    <t>3:31.93</t>
+  </si>
+  <si>
     <t>Philipp Radinskiy</t>
   </si>
   <si>
-    <t>2:20.16</t>
-[...17 lines deleted...]
-    <t>3:31.93</t>
+    <t>4:07.17</t>
   </si>
   <si>
     <t>Tatyana Maksimova</t>
   </si>
   <si>
-    <t>5:30.77</t>
+    <t>5:03.14</t>
   </si>
   <si>
     <t>Martin Nikolayev</t>
   </si>
   <si>
     <t>5:52.80</t>
   </si>
   <si>
     <t>Aleksey Senatorov</t>
   </si>
   <si>
     <t>6:26.99</t>
   </si>
   <si>
     <t>Miron Golovatyi</t>
   </si>
   <si>
     <t>8:09.84</t>
   </si>
   <si>
     <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>Vladimir Kozlov</t>
   </si>
@@ -669,240 +666,237 @@
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>53</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="B23" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C23" s="1"/>
     </row>
     <row r="24" spans="1:4">
       <c r="B24" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C24" s="1"/>
     </row>
     <row r="25" spans="1:4">
       <c r="B25" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C25" s="1"/>
     </row>
     <row r="26" spans="1:4">
       <c r="B26" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C26" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>