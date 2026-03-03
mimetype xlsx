--- v2 (2026-03-03)
+++ v3 (2026-03-03)
@@ -17,222 +17,222 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Andrei Ilin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Андрей Ильин</t>
   </si>
   <si>
     <t>1:04.42</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>37.54</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:05.76</t>
   </si>
   <si>
     <t>38.57</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>59.63</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:35.11</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>1:35.70</t>
   </si>
   <si>
     <t>1:19.98</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:26.86</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>2:27.62</t>
   </si>
   <si>
     <t>1:37.37</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:46.29</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>3:34.48</t>
   </si>
   <si>
     <t>2:02.17</t>
   </si>
   <si>
-    <t>Dmitry Galkin</t>
+    <t>Дмитрий Галкин</t>
   </si>
   <si>
     <t>2:06.33</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:11.29</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>2:30.10</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>2:57.63</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>3:31.93</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>4:07.17</t>
   </si>
   <si>
-    <t>Tatyana Maksimova</t>
+    <t>Татьяна Максимова</t>
   </si>
   <si>
     <t>5:03.14</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>5:52.80</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>6:26.99</t>
   </si>
   <si>
-    <t>Miron Golovatyi</t>
+    <t>Мирон Головатый</t>
   </si>
   <si>
     <t>8:09.84</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Maxim Znamenshchikov</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>Владимир Козлов</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>Максим Знаменщиков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -555,51 +555,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>