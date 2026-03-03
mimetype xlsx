--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -17,513 +17,513 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>10.75</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
-[...17 lines deleted...]
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
-    <t>10.82</t>
-[...2 lines deleted...]
-    <t>Artem Kulikov</t>
+    <t>10.78</t>
+  </si>
+  <si>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>15.06</t>
   </si>
   <si>
     <t>12.53</t>
   </si>
   <si>
-    <t>Vladislav Kozhin</t>
-[...2 lines deleted...]
-    <t>15.49</t>
+    <t>Владислав Кожин</t>
+  </si>
+  <si>
+    <t>15.64</t>
   </si>
   <si>
     <t>11.47</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>16.41</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
-[...8 lines deleted...]
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>17.31</t>
   </si>
   <si>
     <t>13.05</t>
   </si>
   <si>
-    <t>Maxim Znamenshchikov</t>
+    <t>Максим Знаменщиков</t>
   </si>
   <si>
     <t>18.15</t>
   </si>
   <si>
     <t>12.91</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>19.37</t>
   </si>
   <si>
     <t>16.82</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...8 lines deleted...]
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>19.97</t>
   </si>
   <si>
     <t>16.68</t>
   </si>
   <si>
-    <t>Dmitriy Rezyapkin</t>
+    <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>20.79</t>
   </si>
   <si>
     <t>14.98</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>20.83</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
-    <t>Igor Tarabrin</t>
+    <t>Игорь Тарабрин</t>
   </si>
   <si>
     <t>21.68</t>
   </si>
   <si>
-    <t>17.43</t>
-[...2 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>17.90</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Nikita Kiryushkin</t>
+    <t>Никита Кирюшкин</t>
   </si>
   <si>
     <t>22.26</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>22.39</t>
+  </si>
+  <si>
+    <t>14.55</t>
+  </si>
+  <si>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Dmitry Galkin</t>
+    <t>Дмитрий Галкин</t>
   </si>
   <si>
     <t>23.32</t>
   </si>
   <si>
     <t>19.68</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>21.17</t>
   </si>
   <si>
-    <t>Aleksandr Minko</t>
+    <t>Александр Минко</t>
   </si>
   <si>
     <t>25.00</t>
   </si>
   <si>
     <t>22.93</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Карен Заргарян</t>
+  </si>
+  <si>
+    <t>26.34</t>
+  </si>
+  <si>
+    <t>22.67</t>
+  </si>
+  <si>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>27.84</t>
   </si>
   <si>
     <t>24.71</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>28.50</t>
   </si>
   <si>
     <t>20.05</t>
   </si>
   <si>
-    <t>Karen Zargaryan</t>
-[...8 lines deleted...]
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>32.19</t>
   </si>
   <si>
     <t>23.08</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Anton Semidetko</t>
+    <t>Антон Семидетко</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>26.72</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>33.21</t>
   </si>
   <si>
     <t>28.20</t>
   </si>
   <si>
-    <t>Kirill Prigoda</t>
+    <t>Кирилл Пригода</t>
   </si>
   <si>
     <t>34.72</t>
   </si>
   <si>
     <t>32.24</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>37.59</t>
   </si>
   <si>
     <t>28.37</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>40.86</t>
   </si>
   <si>
     <t>36.72</t>
   </si>
   <si>
-    <t>Vladimir Kozlov</t>
+    <t>Владимир Козлов</t>
   </si>
   <si>
     <t>43.04</t>
   </si>
   <si>
     <t>32.75</t>
   </si>
   <si>
-    <t>Sofiia Khegai</t>
+    <t>София Хегай</t>
   </si>
   <si>
     <t>52.01</t>
   </si>
   <si>
     <t>45.00</t>
   </si>
   <si>
-    <t>Mark Miroshnikov</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Марк Мирошников</t>
   </si>
   <si>
     <t>57.59</t>
   </si>
   <si>
     <t>37.00</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...8 lines deleted...]
-    <t>Miron Golovatyi</t>
+    <t>Мирон Головатый</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
-    <t>Arsenii Umarov</t>
+    <t>Арсений Умаров</t>
   </si>
   <si>
     <t>1:03.66</t>
   </si>
   <si>
-    <t>Stanislav Ermakov</t>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>1:06.99</t>
+  </si>
+  <si>
+    <t>Станислав Ермаков</t>
   </si>
   <si>
     <t>1:10.98</t>
   </si>
   <si>
-    <t>Anastasia Khlaponina</t>
-[...5 lines deleted...]
-    <t>Lukerʹya Lavrentʹyeva</t>
+    <t>Лукерья Лаврентьева</t>
   </si>
   <si>
     <t>1:16.53</t>
   </si>
   <si>
-    <t>Pëtr Yunin</t>
-[...5 lines deleted...]
-    <t>Taisiya Semenikhina</t>
+    <t>Пётр Юнин</t>
+  </si>
+  <si>
+    <t>Рустам Ахундов</t>
+  </si>
+  <si>
+    <t>Таисия Семенихина</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -846,51 +846,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C56" sqref="C56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>