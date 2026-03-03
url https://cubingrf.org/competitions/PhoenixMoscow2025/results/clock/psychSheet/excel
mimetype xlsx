--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,54 +29,54 @@
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.10</t>
-[...2 lines deleted...]
-    <t>1.87</t>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>2.27</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>2.92</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
@@ -86,441 +86,441 @@
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
     <t>5.07</t>
   </si>
   <si>
     <t>Степан Мельников</t>
   </si>
   <si>
     <t>6.03</t>
   </si>
   <si>
     <t>4.47</t>
   </si>
   <si>
     <t>Фёдор Борисов</t>
   </si>
   <si>
     <t>6.13</t>
   </si>
   <si>
+    <t>5.73</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>6.20</t>
+  </si>
+  <si>
+    <t>4.66</t>
+  </si>
+  <si>
+    <t>Максим Знаменщиков</t>
+  </si>
+  <si>
+    <t>6.21</t>
+  </si>
+  <si>
+    <t>5.30</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>6.40</t>
+  </si>
+  <si>
+    <t>4.77</t>
+  </si>
+  <si>
+    <t>Артём Куликов</t>
+  </si>
+  <si>
+    <t>6.42</t>
+  </si>
+  <si>
+    <t>5.09</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>6.79</t>
+  </si>
+  <si>
     <t>5.19</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...40 lines deleted...]
-  <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
     <t>5.88</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>8.07</t>
   </si>
   <si>
     <t>6.95</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>8.52</t>
   </si>
   <si>
     <t>7.18</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>7.48</t>
+  </si>
+  <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>8.97</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>7.36</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...7 lines deleted...]
-  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
     <t>Никита Малышкин</t>
   </si>
   <si>
     <t>9.98</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
+    <t>8.58</t>
+  </si>
+  <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
     <t>8.55</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
     <t>9.83</t>
   </si>
   <si>
+    <t>Мартин Николаев</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>8.63</t>
+  </si>
+  <si>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>11.69</t>
+  </si>
+  <si>
+    <t>9.16</t>
+  </si>
+  <si>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>12.59</t>
+  </si>
+  <si>
+    <t>Владимир Козлов</t>
+  </si>
+  <si>
+    <t>12.77</t>
+  </si>
+  <si>
+    <t>11.74</t>
+  </si>
+  <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>12.98</t>
+  </si>
+  <si>
+    <t>11.30</t>
+  </si>
+  <si>
+    <t>Никита Евланов</t>
+  </si>
+  <si>
+    <t>13.10</t>
+  </si>
+  <si>
+    <t>10.62</t>
+  </si>
+  <si>
+    <t>Михаил Лосев</t>
+  </si>
+  <si>
+    <t>13.18</t>
+  </si>
+  <si>
+    <t>11.65</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>13.37</t>
+  </si>
+  <si>
+    <t>11.02</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>13.84</t>
+  </si>
+  <si>
+    <t>9.38</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>13.99</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>14.78</t>
+  </si>
+  <si>
+    <t>12.67</t>
+  </si>
+  <si>
+    <t>Лукерья Лаврентьева</t>
+  </si>
+  <si>
+    <t>14.91</t>
+  </si>
+  <si>
+    <t>12.86</t>
+  </si>
+  <si>
+    <t>Мирон Головатый</t>
+  </si>
+  <si>
+    <t>16.10</t>
+  </si>
+  <si>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>Пётр Юнин</t>
+  </si>
+  <si>
+    <t>16.47</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>Максимилиан Корчагин</t>
+  </si>
+  <si>
+    <t>16.65</t>
+  </si>
+  <si>
+    <t>9.35</t>
+  </si>
+  <si>
+    <t>Иван Шинкин</t>
+  </si>
+  <si>
+    <t>17.83</t>
+  </si>
+  <si>
+    <t>14.36</t>
+  </si>
+  <si>
+    <t>Наталья Жукова</t>
+  </si>
+  <si>
+    <t>19.52</t>
+  </si>
+  <si>
+    <t>17.07</t>
+  </si>
+  <si>
+    <t>Иван Бобкин</t>
+  </si>
+  <si>
+    <t>20.81</t>
+  </si>
+  <si>
+    <t>16.67</t>
+  </si>
+  <si>
+    <t>София Хегай</t>
+  </si>
+  <si>
+    <t>22.48</t>
+  </si>
+  <si>
+    <t>18.48</t>
+  </si>
+  <si>
+    <t>Станислав Ермаков</t>
+  </si>
+  <si>
+    <t>23.77</t>
+  </si>
+  <si>
+    <t>18.13</t>
+  </si>
+  <si>
+    <t>Кристина Королёва</t>
+  </si>
+  <si>
+    <t>24.33</t>
+  </si>
+  <si>
+    <t>20.18</t>
+  </si>
+  <si>
+    <t>Олег Демчук</t>
+  </si>
+  <si>
+    <t>31.53</t>
+  </si>
+  <si>
+    <t>26.98</t>
+  </si>
+  <si>
+    <t>Вячеслав Трушков</t>
+  </si>
+  <si>
+    <t>34.16</t>
+  </si>
+  <si>
+    <t>26.99</t>
+  </si>
+  <si>
+    <t>Роман Самвелян</t>
+  </si>
+  <si>
+    <t>35.42</t>
+  </si>
+  <si>
+    <t>21.82</t>
+  </si>
+  <si>
+    <t>Варвара Семенихина</t>
+  </si>
+  <si>
+    <t>45.49</t>
+  </si>
+  <si>
+    <t>40.84</t>
+  </si>
+  <si>
+    <t>Таисия Семенихина</t>
+  </si>
+  <si>
+    <t>39.07</t>
+  </si>
+  <si>
+    <t>Арсений Умаров</t>
+  </si>
+  <si>
+    <t>39.88</t>
+  </si>
+  <si>
     <t>Владислав Кожин</t>
-  </si>
-[...238 lines deleted...]
-    <t>39.88</t>
   </si>
   <si>
     <t>Даниил Долматов</t>
   </si>
   <si>
     <t>Дмитрий Галущенко</t>
   </si>
   <si>
     <t>Егор Муравьев</t>
   </si>
   <si>
     <t>Рустам Ахундов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1039,608 +1039,600 @@
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D46" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D48" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D49" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D50" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="C51" s="1"/>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="53" spans="1:4">
-      <c r="A53">
-[...1 lines deleted...]
-      </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C53" s="1"/>
-      <c r="D53" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="B54" t="s">
         <v>155</v>
       </c>
       <c r="C54" s="1"/>
     </row>
     <row r="55" spans="1:4">
       <c r="B55" t="s">
         <v>156</v>
       </c>
       <c r="C55" s="1"/>
     </row>
     <row r="56" spans="1:4">
       <c r="B56" t="s">
         <v>157</v>
       </c>
       <c r="C56" s="1"/>
     </row>
     <row r="57" spans="1:4">
       <c r="B57" t="s">
         <v>158</v>
       </c>
       <c r="C57" s="1"/>
     </row>