--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
     <t>Daria Eliseeva</t>
   </si>
   <si>
@@ -134,270 +134,264 @@
   <si>
     <t>1:12.74</t>
   </si>
   <si>
     <t>1:04.79</t>
   </si>
   <si>
     <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>1:16.31</t>
   </si>
   <si>
     <t>1:07.56</t>
   </si>
   <si>
     <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
+    <t>Stepan Melnikov</t>
+  </si>
+  <si>
+    <t>1:21.34</t>
+  </si>
+  <si>
+    <t>1:18.60</t>
+  </si>
+  <si>
+    <t>Platon Kabakov</t>
+  </si>
+  <si>
+    <t>1:25.78</t>
+  </si>
+  <si>
+    <t>1:18.32</t>
+  </si>
+  <si>
+    <t>Andrey Sinitsyn</t>
+  </si>
+  <si>
+    <t>1:26.29</t>
+  </si>
+  <si>
+    <t>1:16.62</t>
+  </si>
+  <si>
+    <t>Artur Chechekhin</t>
+  </si>
+  <si>
+    <t>1:28.39</t>
+  </si>
+  <si>
+    <t>1:19.29</t>
+  </si>
+  <si>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>1:29.28</t>
+  </si>
+  <si>
+    <t>1:21.40</t>
+  </si>
+  <si>
+    <t>Andrey Zhukov</t>
+  </si>
+  <si>
+    <t>1:30.09</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
+  </si>
+  <si>
+    <t>1:33.34</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>1:35.65</t>
+  </si>
+  <si>
+    <t>1:30.19</t>
+  </si>
+  <si>
+    <t>Mark Miroshnikov</t>
+  </si>
+  <si>
+    <t>1:40.02</t>
+  </si>
+  <si>
+    <t>1:32.66</t>
+  </si>
+  <si>
+    <t>Aleksey Senatorov</t>
+  </si>
+  <si>
+    <t>1:40.92</t>
+  </si>
+  <si>
+    <t>1:32.51</t>
+  </si>
+  <si>
+    <t>Karen Zargaryan</t>
+  </si>
+  <si>
+    <t>1:42.68</t>
+  </si>
+  <si>
+    <t>1:26.26</t>
+  </si>
+  <si>
+    <t>Nikita Malyshkin</t>
+  </si>
+  <si>
+    <t>1:44.44</t>
+  </si>
+  <si>
+    <t>1:31.87</t>
+  </si>
+  <si>
+    <t>Nikita Chesnokov</t>
+  </si>
+  <si>
+    <t>1:57.57</t>
+  </si>
+  <si>
+    <t>1:43.88</t>
+  </si>
+  <si>
+    <t>Ivan Oleinikov</t>
+  </si>
+  <si>
+    <t>2:10.48</t>
+  </si>
+  <si>
+    <t>1:51.91</t>
+  </si>
+  <si>
+    <t>Kirill Prigoda</t>
+  </si>
+  <si>
+    <t>2:19.18</t>
+  </si>
+  <si>
+    <t>2:04.71</t>
+  </si>
+  <si>
+    <t>Vladislav Zatolokin</t>
+  </si>
+  <si>
+    <t>2:34.68</t>
+  </si>
+  <si>
+    <t>1:59.21</t>
+  </si>
+  <si>
+    <t>Kristina Koroleva</t>
+  </si>
+  <si>
+    <t>2:50.93</t>
+  </si>
+  <si>
+    <t>2:34.38</t>
+  </si>
+  <si>
+    <t>Arsenii Borovkov</t>
+  </si>
+  <si>
+    <t>2:55.04</t>
+  </si>
+  <si>
+    <t>2:35.02</t>
+  </si>
+  <si>
+    <t>Max Korchagin</t>
+  </si>
+  <si>
+    <t>3:02.88</t>
+  </si>
+  <si>
+    <t>2:36.72</t>
+  </si>
+  <si>
+    <t>Sofiia Khegai</t>
+  </si>
+  <si>
+    <t>2:15.56</t>
+  </si>
+  <si>
+    <t>Timofey Antonov</t>
+  </si>
+  <si>
+    <t>2:17.33</t>
+  </si>
+  <si>
+    <t>Miron Golovatyi</t>
+  </si>
+  <si>
+    <t>2:33.08</t>
+  </si>
+  <si>
+    <t>Martin Nikolayev</t>
+  </si>
+  <si>
+    <t>2:36.80</t>
+  </si>
+  <si>
+    <t>Vladimir Kozlov</t>
+  </si>
+  <si>
+    <t>2:42.17</t>
+  </si>
+  <si>
+    <t>Pëtr Yunin</t>
+  </si>
+  <si>
+    <t>2:44.22</t>
+  </si>
+  <si>
+    <t>Aleksandr Minko</t>
+  </si>
+  <si>
+    <t>2:53.24</t>
+  </si>
+  <si>
     <t>Vladislav Kozhin</t>
-  </si>
-[...217 lines deleted...]
-    <t>2:53.24</t>
   </si>
   <si>
     <t>Yaromir Tiunov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1183,144 +1177,136 @@
       <c r="D31" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D32" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="C33" s="1"/>
+      <c r="D33" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="B40" t="s">
         <v>111</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C40" s="1"/>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C41" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>