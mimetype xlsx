--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,226 +12,226 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
     <t>44.99</t>
   </si>
   <si>
     <t>38.08</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>58.68</t>
+  </si>
+  <si>
+    <t>51.01</t>
+  </si>
+  <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>58.84</t>
-[...11 lines deleted...]
-    <t>51.01</t>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
-    <t>59.22</t>
+    <t>58.17</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:01.02</t>
   </si>
   <si>
     <t>57.67</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>1:05.43</t>
+  </si>
+  <si>
+    <t>59.43</t>
+  </si>
+  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>1:07.50</t>
+  </si>
+  <si>
+    <t>1:00.94</t>
+  </si>
+  <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:08.75</t>
   </si>
   <si>
     <t>1:06.10</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...16 lines deleted...]
-  <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:09.66</t>
   </si>
   <si>
     <t>1:05.86</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>1:13.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
+  </si>
+  <si>
+    <t>1:08.33</t>
+  </si>
+  <si>
     <t>Федор Абаев</t>
   </si>
   <si>
     <t>1:16.50</t>
   </si>
   <si>
     <t>1:12.62</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...7 lines deleted...]
-  <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>1:20.07</t>
   </si>
   <si>
     <t>1:10.83</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>1:20.84</t>
   </si>
   <si>
     <t>1:12.24</t>
@@ -260,342 +260,336 @@
   <si>
     <t>1:24.51</t>
   </si>
   <si>
     <t>1:18.27</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>1:28.86</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:29.46</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:30.99</t>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>1:31.49</t>
   </si>
   <si>
     <t>1:26.03</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>1:33.75</t>
   </si>
   <si>
     <t>1:29.75</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
-[...7 lines deleted...]
-  <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:36.89</t>
   </si>
   <si>
     <t>1:20.68</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
     <t>1:28.93</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>1:39.62</t>
   </si>
   <si>
     <t>1:32.08</t>
   </si>
   <si>
     <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>1:41.60</t>
   </si>
   <si>
     <t>1:32.14</t>
   </si>
   <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>1:41.78</t>
+  </si>
+  <si>
+    <t>1:13.89</t>
+  </si>
+  <si>
     <t>Дмитрий Костерев</t>
   </si>
   <si>
     <t>1:45.40</t>
   </si>
   <si>
     <t>1:33.12</t>
   </si>
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>1:45.47</t>
   </si>
   <si>
     <t>1:32.82</t>
   </si>
   <si>
     <t>Марк Мирошников</t>
   </si>
   <si>
     <t>1:46.78</t>
   </si>
   <si>
     <t>1:37.09</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>1:47.02</t>
   </si>
   <si>
     <t>1:44.71</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>1:47.04</t>
   </si>
   <si>
     <t>1:37.99</t>
   </si>
   <si>
+    <t>Дмитрий Резяпкин</t>
+  </si>
+  <si>
+    <t>2:07.67</t>
+  </si>
+  <si>
+    <t>1:55.37</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
+  </si>
+  <si>
+    <t>1:53.17</t>
+  </si>
+  <si>
+    <t>Николай Тензин</t>
+  </si>
+  <si>
+    <t>2:12.85</t>
+  </si>
+  <si>
+    <t>1:59.17</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>2:15.07</t>
+  </si>
+  <si>
+    <t>1:50.17</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>2:33.39</t>
+  </si>
+  <si>
+    <t>2:02.92</t>
+  </si>
+  <si>
+    <t>Евгений Амосов</t>
+  </si>
+  <si>
+    <t>2:36.99</t>
+  </si>
+  <si>
+    <t>2:26.33</t>
+  </si>
+  <si>
+    <t>Пётр Шипицин</t>
+  </si>
+  <si>
+    <t>2:49.68</t>
+  </si>
+  <si>
+    <t>2:21.80</t>
+  </si>
+  <si>
+    <t>Михаил Говголенко</t>
+  </si>
+  <si>
+    <t>2:11.36</t>
+  </si>
+  <si>
+    <t>Роберт Набиуллин</t>
+  </si>
+  <si>
+    <t>2:19.06</t>
+  </si>
+  <si>
+    <t>Тимофей Антонов</t>
+  </si>
+  <si>
+    <t>2:34.95</t>
+  </si>
+  <si>
+    <t>Мирон Головатый</t>
+  </si>
+  <si>
+    <t>2:42.49</t>
+  </si>
+  <si>
+    <t>Михаил Кулешов</t>
+  </si>
+  <si>
+    <t>2:42.57</t>
+  </si>
+  <si>
+    <t>Александр Дембицкий</t>
+  </si>
+  <si>
+    <t>2:43.45</t>
+  </si>
+  <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>2:46.20</t>
+  </si>
+  <si>
+    <t>Алексей Бережнов</t>
+  </si>
+  <si>
+    <t>3:54.26</t>
+  </si>
+  <si>
+    <t>Артемий Клигер</t>
+  </si>
+  <si>
+    <t>4:27.47</t>
+  </si>
+  <si>
+    <t>Алексей Попов</t>
+  </si>
+  <si>
+    <t>Арсений Рыжков</t>
+  </si>
+  <si>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>Дмитрий Галкин</t>
+  </si>
+  <si>
+    <t>Иван Разинков</t>
+  </si>
+  <si>
     <t>Максим Волков</t>
-  </si>
-[...154 lines deleted...]
-    <t>Иван Разинков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1644,192 +1638,184 @@
       <c r="D50" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>151</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D51" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>154</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="C52" s="1"/>
+      <c r="D52" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="B61" t="s">
         <v>172</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C61" s="1"/>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="B62" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C62" s="1"/>
     </row>
     <row r="63" spans="1:4">
       <c r="B63" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C63" s="1"/>
     </row>
     <row r="64" spans="1:4">
       <c r="B64" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C64" s="1"/>
     </row>
     <row r="65" spans="1:4">
       <c r="B65" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C65" s="1"/>
     </row>
     <row r="66" spans="1:4">
       <c r="B66" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C66" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>