--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -26,336 +26,336 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
+  </si>
+  <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
     <t>1:34.58</t>
   </si>
   <si>
     <t>1:28.65</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>1:52.54</t>
-[...2 lines deleted...]
-    <t>1:44.32</t>
+    <t>1:51.48</t>
+  </si>
+  <si>
+    <t>1:40.60</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:53.20</t>
   </si>
   <si>
     <t>1:47.25</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>1:53.71</t>
   </si>
   <si>
     <t>1:47.54</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:56.43</t>
+  </si>
+  <si>
+    <t>1:41.07</t>
+  </si>
+  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>2:01.34</t>
   </si>
   <si>
-    <t>1:59.88</t>
+    <t>1:57.38</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>2:09.88</t>
+  </si>
+  <si>
+    <t>2:06.99</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>2:11.13</t>
   </si>
   <si>
     <t>2:05.33</t>
   </si>
   <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
-    <t>2:22.54</t>
-[...2 lines deleted...]
-    <t>2:12.70</t>
+    <t>2:15.52</t>
+  </si>
+  <si>
+    <t>2:06.94</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2:23.57</t>
   </si>
   <si>
     <t>2:15.10</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>2:29.30</t>
   </si>
   <si>
     <t>2:15.36</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>2:35.90</t>
   </si>
   <si>
     <t>2:30.79</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>2:36.43</t>
   </si>
   <si>
     <t>2:26.93</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>2:37.31</t>
   </si>
   <si>
     <t>2:34.48</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>2:40.70</t>
   </si>
   <si>
     <t>2:33.58</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>2:52.14</t>
   </si>
   <si>
     <t>2:33.19</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>2:57.13</t>
+  </si>
+  <si>
+    <t>2:56.37</t>
+  </si>
+  <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>3:27.22</t>
   </si>
   <si>
     <t>3:18.58</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>3:36.14</t>
   </si>
   <si>
     <t>3:24.13</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>3:38.96</t>
   </si>
   <si>
     <t>3:31.67</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>3:44.62</t>
   </si>
   <si>
     <t>3:31.36</t>
   </si>
   <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>3:49.98</t>
+  </si>
+  <si>
+    <t>3:35.01</t>
+  </si>
+  <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>3:55.88</t>
   </si>
   <si>
     <t>3:46.90</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>4:06.43</t>
   </si>
   <si>
     <t>3:56.28</t>
   </si>
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>5:06.25</t>
   </si>
   <si>
     <t>4:13.09</t>
   </si>
   <si>
     <t>Николай Тензин</t>
   </si>
   <si>
     <t>5:13.68</t>
   </si>
   <si>
     <t>4:57.16</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5:19.86</t>
   </si>
   <si>
     <t>4:43.12</t>
-  </si>
-[...7 lines deleted...]
-    <t>5:13.14</t>
   </si>
   <si>
     <t>Мирон Головатый</t>
   </si>
   <si>
     <t>6:03.65</t>
   </si>
   <si>
     <t>5:41.86</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>6:40.15</t>
   </si>
   <si>
     <t>6:03.45</t>
   </si>
   <si>
     <t>Евгений Амосов</t>
   </si>
   <si>
     <t>6:59.07</t>
   </si>