--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -41,195 +41,195 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
     <t>2:24.09</t>
   </si>
   <si>
     <t>2:20.24</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>2:24.68</t>
   </si>
   <si>
-    <t>2:18.94</t>
+    <t>2:16.59</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>2:36.80</t>
+  </si>
+  <si>
+    <t>2:25.69</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>2:46.53</t>
   </si>
   <si>
     <t>2:28.79</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>2:48.71</t>
   </si>
   <si>
     <t>2:37.21</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
-[...7 lines deleted...]
-  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>2:55.00</t>
   </si>
   <si>
-    <t>2:46.59</t>
+    <t>2:45.19</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>3:01.12</t>
+  </si>
+  <si>
+    <t>2:49.93</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
-    <t>3:10.59</t>
-[...11 lines deleted...]
-    <t>3:16.92</t>
+    <t>3:09.23</t>
+  </si>
+  <si>
+    <t>2:59.24</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>3:25.98</t>
+  </si>
+  <si>
+    <t>3:11.98</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3:27.96</t>
   </si>
   <si>
-    <t>3:18.36</t>
-[...8 lines deleted...]
-    <t>3:17.82</t>
+    <t>3:21.63</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>3:38.56</t>
   </si>
   <si>
     <t>3:26.92</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>3:40.18</t>
   </si>
   <si>
     <t>3:32.18</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>3:49.79</t>
   </si>
   <si>
     <t>3:36.09</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
-    <t>3:58.66</t>
+    <t>3:57.79</t>
   </si>
   <si>
     <t>3:43.64</t>
   </si>
   <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>4:05.82</t>
   </si>
   <si>
     <t>3:50.17</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>4:08.20</t>
   </si>
   <si>
     <t>3:56.00</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>4:13.15</t>
   </si>
   <si>
     <t>3:50.45</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>4:13.42</t>
-[...2 lines deleted...]
-    <t>4:04.32</t>
+    <t>4:18.15</t>
+  </si>
+  <si>
+    <t>4:07.24</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>4:20.73</t>
   </si>
   <si>
     <t>3:51.66</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>4:34.14</t>
   </si>
   <si>
     <t>4:20.51</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>4:36.24</t>
   </si>