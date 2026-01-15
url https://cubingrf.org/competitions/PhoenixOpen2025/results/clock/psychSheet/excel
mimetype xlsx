--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -248,68 +248,68 @@
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>7.36</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>9.41</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>9.47</t>
+  </si>
+  <si>
+    <t>8.36</t>
+  </si>
+  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
     <t>8.55</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.63</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
@@ -335,66 +335,66 @@
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>11.69</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
     <t>9.61</t>
   </si>
   <si>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>12.59</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>12.65</t>
   </si>
   <si>
     <t>11.37</t>
-  </si>
-[...7 lines deleted...]
-    <t>11.65</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>11.30</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>13.04</t>
   </si>
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>Дмитрий Бобыкин</t>
   </si>
   <si>
     <t>11.61</t>
   </si>