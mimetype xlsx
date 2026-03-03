--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,81 +29,81 @@
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.10</t>
-[...2 lines deleted...]
-    <t>1.87</t>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>2.27</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>2.92</t>
   </si>
   <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>3.79</t>
   </si>
   <si>
-    <t>3.03</t>
+    <t>2.71</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
   <si>
     <t>4.32</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
   <si>
     <t>4.20</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
@@ -134,233 +134,233 @@
   <si>
     <t>6.33</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>6.67</t>
+  </si>
+  <si>
+    <t>5.71</t>
+  </si>
+  <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>6.79</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
     <t>5.88</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>7.53</t>
+  </si>
+  <si>
+    <t>6.73</t>
+  </si>
+  <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>5.69</t>
-[...8 lines deleted...]
-    <t>6.76</t>
+    <t>5.32</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>8.37</t>
   </si>
   <si>
-    <t>6.93</t>
+    <t>5.77</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>8.52</t>
   </si>
   <si>
     <t>7.18</t>
   </si>
   <si>
     <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>8.65</t>
   </si>
   <si>
     <t>4.41</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>7.48</t>
+  </si>
+  <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>8.97</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>7.36</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>9.41</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...7 lines deleted...]
-  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
+    <t>8.58</t>
+  </si>
+  <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
     <t>8.55</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.63</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
     <t>9.83</t>
   </si>
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>11.24</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
     <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
-    <t>9.15</t>
-[...1 lines deleted...]
-  <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>11.69</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
     <t>9.61</t>
   </si>
   <si>
     <t>Анастасия Хлапонина</t>
   </si>
   <si>
     <t>12.59</t>
   </si>
   <si>
     <t>11.28</t>
@@ -395,68 +395,68 @@
   <si>
     <t>Дмитрий Бобыкин</t>
   </si>
   <si>
     <t>11.61</t>
   </si>
   <si>
     <t>Никита Евланов</t>
   </si>
   <si>
     <t>13.10</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
     <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>13.16</t>
   </si>
   <si>
     <t>12.27</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>13.99</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>14.51</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Юра Кожухарёв</t>
   </si>
   <si>
     <t>14.74</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
     <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>14.78</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
     <t>Лукерья Лаврентьева</t>
   </si>
   <si>
     <t>14.91</t>
   </si>
   <si>
     <t>12.86</t>
@@ -614,75 +614,75 @@
   <si>
     <t>23.58</t>
   </si>
   <si>
     <t>18.16</t>
   </si>
   <si>
     <t>Алексей Лайшев</t>
   </si>
   <si>
     <t>26.80</t>
   </si>
   <si>
     <t>23.80</t>
   </si>
   <si>
     <t>Евгений Амосов</t>
   </si>
   <si>
     <t>28.35</t>
   </si>
   <si>
     <t>23.57</t>
   </si>
   <si>
+    <t>Елена Гусева</t>
+  </si>
+  <si>
+    <t>29.14</t>
+  </si>
+  <si>
+    <t>28.09</t>
+  </si>
+  <si>
     <t>Николай Тензин</t>
   </si>
   <si>
     <t>30.09</t>
   </si>
   <si>
     <t>22.18</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>31.53</t>
   </si>
   <si>
     <t>26.98</t>
-  </si>
-[...7 lines deleted...]
-    <t>29.12</t>
   </si>
   <si>
     <t>Вячеслав Трушков</t>
   </si>
   <si>
     <t>34.16</t>
   </si>
   <si>
     <t>26.99</t>
   </si>
   <si>
     <t>Максим Бережнов</t>
   </si>
   <si>
     <t>35.17</t>
   </si>
   <si>
     <t>29.60</t>
   </si>
   <si>
     <t>Роман Самвелян</t>
   </si>
   <si>
     <t>35.42</t>
   </si>
@@ -1398,65 +1398,65 @@
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>76</v>
@@ -1482,121 +1482,121 @@
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D28" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>68</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D35" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>105</v>