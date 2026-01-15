--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,540 +17,540 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>41.65</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>44.08</t>
   </si>
   <si>
     <t>36.96</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>44.16</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>38.90</t>
   </si>
   <si>
-    <t>Maksim Demchenko</t>
+    <t>Максим Демченко</t>
   </si>
   <si>
     <t>47.91</t>
   </si>
   <si>
     <t>42.29</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
-    <t>Alexander Bashutkin</t>
+    <t>Александр Башуткин</t>
   </si>
   <si>
     <t>50.15</t>
   </si>
   <si>
     <t>46.13</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>50.42</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>Ivan Voroshilov</t>
+    <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>51.68</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:00.26</t>
   </si>
   <si>
     <t>58.39</t>
   </si>
   <si>
-    <t>Dmitry Kosterev</t>
+    <t>Дмитрий Костерев</t>
   </si>
   <si>
     <t>1:01.33</t>
   </si>
   <si>
     <t>54.12</t>
   </si>
   <si>
-    <t>Dmitry Galkin</t>
+    <t>Дмитрий Галкин</t>
   </si>
   <si>
     <t>1:04.24</t>
   </si>
   <si>
     <t>59.97</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:10.81</t>
   </si>
   <si>
     <t>57.50</t>
   </si>
   <si>
-    <t>Konstantin Vasilʹyev</t>
+    <t>Константин Васильев</t>
   </si>
   <si>
     <t>1:10.96</t>
   </si>
   <si>
     <t>1:05.24</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1:12.28</t>
   </si>
   <si>
     <t>1:08.49</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:17.24</t>
   </si>
   <si>
     <t>1:07.89</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>1:19.93</t>
   </si>
   <si>
     <t>1:12.73</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:20.03</t>
   </si>
   <si>
     <t>1:13.24</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>1:21.34</t>
   </si>
   <si>
     <t>1:18.60</t>
   </si>
   <si>
-    <t>Ivan Kovalchuk</t>
+    <t>Иван Ковальчук</t>
   </si>
   <si>
     <t>1:22.44</t>
   </si>
   <si>
     <t>1:16.05</t>
   </si>
   <si>
-    <t>Roman Yarushevskiy</t>
+    <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>1:25.66</t>
   </si>
   <si>
     <t>1:21.07</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:26.29</t>
   </si>
   <si>
     <t>1:16.62</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:29.28</t>
   </si>
   <si>
     <t>1:21.40</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>1:32.61</t>
   </si>
   <si>
     <t>1:07.03</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>1:32.70</t>
   </si>
   <si>
     <t>1:23.47</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
     <t>1:21.48</t>
   </si>
   <si>
-    <t>Seda Sukyasova</t>
+    <t>Седа Сукясова</t>
   </si>
   <si>
     <t>1:35.76</t>
   </si>
   <si>
     <t>1:18.47</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>1:39.79</t>
   </si>
   <si>
     <t>1:28.69</t>
   </si>
   <si>
-    <t>Mark Miroshnikov</t>
+    <t>Марк Мирошников</t>
   </si>
   <si>
     <t>1:40.02</t>
   </si>
   <si>
     <t>1:32.66</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>1:40.92</t>
   </si>
   <si>
     <t>1:32.51</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:32.62</t>
   </si>
   <si>
-    <t>Petr Shipitsin</t>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>1:51.90</t>
   </si>
   <si>
     <t>1:38.46</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>1:57.57</t>
   </si>
   <si>
     <t>1:43.88</t>
   </si>
   <si>
-    <t>Maksim Deych</t>
+    <t>Максим Дейч</t>
   </si>
   <si>
     <t>2:01.44</t>
   </si>
   <si>
     <t>1:44.85</t>
   </si>
   <si>
-    <t>Ivan Razinkov</t>
+    <t>Иван Разинков</t>
   </si>
   <si>
     <t>2:03.24</t>
   </si>
   <si>
     <t>1:44.63</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>2:34.68</t>
   </si>
   <si>
     <t>1:59.21</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:40.44</t>
   </si>
   <si>
     <t>2:09.61</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:44.11</t>
   </si>
   <si>
     <t>2:26.87</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>2:17.33</t>
   </si>
   <si>
-    <t>Dmitriy Rezyapkin</t>
+    <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>2:20.54</t>
   </si>
   <si>
-    <t>Robert Nabiullin</t>
+    <t>Роберт Набиуллин</t>
   </si>
   <si>
     <t>2:43.33</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>4:27.20</t>
   </si>
   <si>
-    <t>Evgeniy Amosov</t>
+    <t>Евгений Амосов</t>
   </si>
   <si>
     <t>4:36.35</t>
   </si>
   <si>
-    <t>Aleksey Berezhnov</t>
-[...17 lines deleted...]
-    <t>Yaroslav Noskov</t>
+    <t>Алексей Бережнов</t>
+  </si>
+  <si>
+    <t>Арсений Рыжков</t>
+  </si>
+  <si>
+    <t>Артемий Клигер</t>
+  </si>
+  <si>
+    <t>Артём Горохов</t>
+  </si>
+  <si>
+    <t>Никита Евланов</t>
+  </si>
+  <si>
+    <t>Николай Тензин</t>
+  </si>
+  <si>
+    <t>Ярослав Носков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -873,51 +873,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C61" sqref="C61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>