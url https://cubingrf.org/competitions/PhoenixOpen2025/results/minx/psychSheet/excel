--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -107,77 +107,77 @@
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>38.90</t>
   </si>
   <si>
     <t>Максим Демченко</t>
   </si>
   <si>
     <t>47.91</t>
   </si>
   <si>
     <t>42.29</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>50.31</t>
+  </si>
+  <si>
+    <t>46.95</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>50.42</t>
+  </si>
+  <si>
+    <t>46.62</t>
+  </si>
+  <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
-    <t>50.15</t>
+    <t>51.40</t>
   </si>
   <si>
     <t>46.13</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
-[...16 lines deleted...]
-  <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>51.68</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>1:00.26</t>
   </si>
   <si>
     <t>58.39</t>
@@ -296,122 +296,131 @@
   <si>
     <t>1:22.44</t>
   </si>
   <si>
     <t>1:16.05</t>
   </si>
   <si>
     <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>1:25.66</t>
   </si>
   <si>
     <t>1:21.07</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:26.29</t>
   </si>
   <si>
     <t>1:16.62</t>
   </si>
   <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>1:26.94</t>
+  </si>
+  <si>
+    <t>1:07.03</t>
+  </si>
+  <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:29.28</t>
   </si>
   <si>
     <t>1:21.40</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
-[...7 lines deleted...]
-  <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>1:32.70</t>
   </si>
   <si>
     <t>1:23.47</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
-    <t>1:21.48</t>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:34.98</t>
+  </si>
+  <si>
+    <t>1:22.85</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:35.65</t>
+  </si>
+  <si>
+    <t>1:30.19</t>
   </si>
   <si>
     <t>Седа Сукясова</t>
   </si>
   <si>
     <t>1:35.76</t>
   </si>
   <si>
     <t>1:18.47</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Марк Мирошников</t>
   </si>
   <si>
     <t>1:40.02</t>
   </si>
   <si>
     <t>1:32.66</t>
   </si>
   <si>
     <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>1:40.92</t>
   </si>
   <si>
     <t>1:32.51</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:32.62</t>
@@ -447,59 +456,50 @@
     <t>Иван Разинков</t>
   </si>
   <si>
     <t>2:03.24</t>
   </si>
   <si>
     <t>1:44.63</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>2:34.68</t>
   </si>
   <si>
     <t>1:59.21</t>
   </si>
   <si>
     <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>2:40.44</t>
   </si>
   <si>
     <t>2:09.61</t>
-  </si>
-[...7 lines deleted...]
-    <t>2:26.87</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>2:17.33</t>
   </si>
   <si>
     <t>Дмитрий Резяпкин</t>
   </si>
   <si>
     <t>2:20.54</t>
   </si>
   <si>
     <t>Роберт Набиуллин</t>
   </si>
   <si>
     <t>2:43.33</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>4:27.20</t>
   </si>