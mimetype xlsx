--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,872 +12,875 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Alexander Bashutkin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Александр Башуткин</t>
   </si>
   <si>
     <t>2.31</t>
   </si>
   <si>
     <t>1.18</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
     <t>1.34</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
     <t>2.10</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>3.06</t>
+  </si>
+  <si>
+    <t>1.69</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>3.11</t>
+  </si>
+  <si>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>3.20</t>
   </si>
   <si>
     <t>2.63</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
-[...14 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>3.51</t>
   </si>
   <si>
     <t>2.23</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>3.52</t>
   </si>
   <si>
     <t>2.40</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
     <t>2.65</t>
   </si>
   <si>
-    <t>Fedor Abaev</t>
+    <t>Федор Абаев</t>
   </si>
   <si>
     <t>3.76</t>
   </si>
   <si>
     <t>2.66</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>3.85</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>4.17</t>
   </si>
   <si>
     <t>2.77</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
     <t>2.56</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>4.51</t>
   </si>
   <si>
     <t>3.88</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>4.62</t>
   </si>
   <si>
     <t>2.17</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>4.70</t>
   </si>
   <si>
     <t>3.07</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>3.25</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>4.91</t>
+  </si>
+  <si>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
-    <t>Dmitry Kosterev</t>
+    <t>Дмитрий Костерев</t>
   </si>
   <si>
     <t>5.10</t>
   </si>
   <si>
-    <t>Andrey Koposov</t>
+    <t>Андрей Копосов</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
     <t>2.94</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
+    <t>3.23</t>
+  </si>
+  <si>
+    <t>Олег Кремлёв</t>
+  </si>
+  <si>
     <t>3.49</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
-[...5 lines deleted...]
-    <t>Maksim Deych</t>
+    <t>Максим Дейч</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
     <t>3.48</t>
   </si>
   <si>
-    <t>Dmitry Galkin</t>
+    <t>Дмитрий Галкин</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.53</t>
   </si>
   <si>
-    <t>Nikita Yevlanov</t>
+    <t>Никита Евланов</t>
   </si>
   <si>
     <t>5.37</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
-    <t>Seda Sukyasova</t>
+    <t>Седа Сукясова</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>5.47</t>
   </si>
   <si>
     <t>3.67</t>
   </si>
   <si>
-    <t>Denis Sinyushkin</t>
+    <t>Денис Синюшкин</t>
   </si>
   <si>
     <t>5.54</t>
   </si>
   <si>
     <t>4.21</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>5.82</t>
   </si>
   <si>
     <t>3.74</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>5.92</t>
   </si>
   <si>
-    <t>Agata Komekova</t>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>4.33</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>6.15</t>
   </si>
   <si>
     <t>3.73</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>4.78</t>
   </si>
   <si>
-    <t>Ivan Voroshilov</t>
+    <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.81</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>6.52</t>
+  </si>
+  <si>
+    <t>4.01</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>6.57</t>
+  </si>
+  <si>
+    <t>3.79</t>
+  </si>
+  <si>
+    <t>Ислам Китиев</t>
+  </si>
+  <si>
+    <t>7.31</t>
+  </si>
+  <si>
+    <t>2.97</t>
+  </si>
+  <si>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>7.46</t>
+  </si>
+  <si>
+    <t>5.39</t>
+  </si>
+  <si>
+    <t>Антон Бережнов</t>
+  </si>
+  <si>
+    <t>7.64</t>
+  </si>
+  <si>
+    <t>3.70</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>4.57</t>
+  </si>
+  <si>
+    <t>Тимофей Антонов</t>
+  </si>
+  <si>
+    <t>7.82</t>
+  </si>
+  <si>
+    <t>4.83</t>
+  </si>
+  <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>7.83</t>
+  </si>
+  <si>
+    <t>4.93</t>
+  </si>
+  <si>
+    <t>Роман Самвелян</t>
+  </si>
+  <si>
+    <t>8.17</t>
+  </si>
+  <si>
+    <t>5.77</t>
+  </si>
+  <si>
+    <t>Иван Ковальчук</t>
+  </si>
+  <si>
+    <t>8.22</t>
+  </si>
+  <si>
+    <t>7.23</t>
+  </si>
+  <si>
+    <t>Пётр Шипицин</t>
+  </si>
+  <si>
+    <t>8.30</t>
+  </si>
+  <si>
+    <t>3.60</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>8.69</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>Дмитрий Бобыкин</t>
+  </si>
+  <si>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>Иван Разинков</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>7.75</t>
+  </si>
+  <si>
+    <t>Александр Дембицкий</t>
+  </si>
+  <si>
+    <t>9.11</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>9.14</t>
+  </si>
+  <si>
+    <t>6.31</t>
+  </si>
+  <si>
+    <t>Марк Мирошников</t>
+  </si>
+  <si>
+    <t>9.15</t>
+  </si>
+  <si>
+    <t>6.20</t>
+  </si>
+  <si>
+    <t>Юра Кожухарёв</t>
+  </si>
+  <si>
+    <t>9.39</t>
+  </si>
+  <si>
+    <t>7.22</t>
+  </si>
+  <si>
+    <t>Олег Демчук</t>
+  </si>
+  <si>
+    <t>9.54</t>
+  </si>
+  <si>
+    <t>5.58</t>
+  </si>
+  <si>
+    <t>Матвей Сидоров</t>
+  </si>
+  <si>
+    <t>9.63</t>
+  </si>
+  <si>
+    <t>7.20</t>
+  </si>
+  <si>
+    <t>Роман Ярушевский</t>
+  </si>
+  <si>
+    <t>10.10</t>
+  </si>
+  <si>
+    <t>6.32</t>
+  </si>
+  <si>
+    <t>Дмитрий Резяпкин</t>
+  </si>
+  <si>
+    <t>10.28</t>
   </si>
   <si>
     <t>6.30</t>
   </si>
   <si>
-    <t>4.20</t>
-[...200 lines deleted...]
-    <t>Aleksey Berezhnov</t>
+    <t>Роберт Набиуллин</t>
+  </si>
+  <si>
+    <t>10.71</t>
+  </si>
+  <si>
+    <t>8.34</t>
+  </si>
+  <si>
+    <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
     <t>6.93</t>
   </si>
   <si>
-    <t>Artem Gorohov</t>
+    <t>Артём Горохов</t>
   </si>
   <si>
     <t>11.25</t>
   </si>
   <si>
     <t>8.57</t>
   </si>
   <si>
-    <t>Vyacheslav Trushkov</t>
+    <t>Михаил Кулешов</t>
+  </si>
+  <si>
+    <t>11.65</t>
+  </si>
+  <si>
+    <t>9.31</t>
+  </si>
+  <si>
+    <t>Вячеслав Трушков</t>
   </si>
   <si>
     <t>11.90</t>
   </si>
   <si>
     <t>6.74</t>
   </si>
   <si>
-    <t>Artem Lyan</t>
+    <t>Артём Лян</t>
   </si>
   <si>
     <t>12.02</t>
   </si>
   <si>
     <t>9.20</t>
   </si>
   <si>
-    <t>Andrey Sukhinin</t>
+    <t>Андрей Сухинин</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
     <t>8.05</t>
   </si>
   <si>
-    <t>Matvei Abaev</t>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>12.25</t>
+  </si>
+  <si>
+    <t>8.08</t>
+  </si>
+  <si>
+    <t>Матвей Абаев</t>
   </si>
   <si>
     <t>12.31</t>
   </si>
   <si>
     <t>7.06</t>
   </si>
   <si>
-    <t>Denis Muslyumovo</t>
+    <t>Денис Муслюмов</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
-    <t>Mihail Kulechov</t>
-[...8 lines deleted...]
-    <t>Miron Golovatyi</t>
+    <t>Мирон Головатый</t>
   </si>
   <si>
     <t>13.15</t>
   </si>
   <si>
-    <t>Aleksandr Shcherbakov</t>
+    <t>Роман Комиссаров</t>
+  </si>
+  <si>
+    <t>13.17</t>
+  </si>
+  <si>
+    <t>8.48</t>
+  </si>
+  <si>
+    <t>Александр Щербаков</t>
   </si>
   <si>
     <t>13.77</t>
   </si>
   <si>
     <t>9.28</t>
   </si>
   <si>
-    <t>Anastasia Khlaponina</t>
-[...8 lines deleted...]
-    <t>Lukerʹya Lavrentʹyeva</t>
+    <t>Лукерья Лаврентьева</t>
   </si>
   <si>
     <t>13.97</t>
   </si>
   <si>
-    <t>Robert Nabiullin</t>
-[...8 lines deleted...]
-    <t>Alexander Skobtsov</t>
+    <t>Александр Скобцов</t>
   </si>
   <si>
     <t>14.56</t>
   </si>
   <si>
     <t>13.13</t>
   </si>
   <si>
-    <t>Daniil Nadeev</t>
+    <t>Даниил Надеев</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>13.14</t>
   </si>
   <si>
-    <t>Evgeniy Amosov</t>
+    <t>Евгений Амосов</t>
   </si>
   <si>
     <t>15.91</t>
   </si>
   <si>
     <t>10.20</t>
   </si>
   <si>
-    <t>Alexey Popov</t>
+    <t>Алексей Попов</t>
   </si>
   <si>
     <t>15.96</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
-    <t>Ivan Shinkin</t>
+    <t>Иван Шинкин</t>
   </si>
   <si>
     <t>16.47</t>
   </si>
   <si>
     <t>12.93</t>
   </si>
   <si>
-    <t>Nikolay Tenzin</t>
+    <t>Николай Тензин</t>
   </si>
   <si>
     <t>16.56</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
-    <t>Yaroslav Noskov</t>
+    <t>Ярослав Носков</t>
   </si>
   <si>
     <t>16.78</t>
   </si>
   <si>
     <t>12.22</t>
   </si>
   <si>
-    <t>Natalʹya Zhukova</t>
+    <t>Наталья Жукова</t>
   </si>
   <si>
     <t>16.98</t>
   </si>
   <si>
     <t>7.87</t>
   </si>
   <si>
-    <t>Maksim Berezhnov</t>
+    <t>Максим Бережнов</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>10.92</t>
   </si>
   <si>
-    <t>Roman Komissarov</t>
-[...5 lines deleted...]
-    <t>Elena Guseva</t>
+    <t>Елена Гусева</t>
   </si>
   <si>
     <t>17.71</t>
   </si>
   <si>
     <t>8.40</t>
   </si>
   <si>
-    <t>Arina Salmova</t>
+    <t>Арина Салмова</t>
   </si>
   <si>
     <t>19.74</t>
   </si>
   <si>
-    <t>Timer Cheerov</t>
+    <t>Тимур Чеэров</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>17.85</t>
   </si>
   <si>
-    <t>Artemii Markov</t>
+    <t>Роман Романенко</t>
+  </si>
+  <si>
+    <t>24.11</t>
+  </si>
+  <si>
+    <t>14.63</t>
+  </si>
+  <si>
+    <t>Артемий Марков</t>
   </si>
   <si>
     <t>25.89</t>
   </si>
   <si>
     <t>16.57</t>
   </si>
   <si>
-    <t>Arseniy Rizhkov</t>
+    <t>Арсений Рыжков</t>
   </si>
   <si>
     <t>26.78</t>
   </si>
   <si>
     <t>20.24</t>
   </si>
   <si>
-    <t>Roman Romanenko</t>
-[...8 lines deleted...]
-    <t>Alexander Gorokhov</t>
+    <t>Александр Горохов</t>
   </si>
   <si>
     <t>34.23</t>
   </si>
   <si>
     <t>26.13</t>
   </si>
   <si>
-    <t>Ariella Kushner</t>
-[...8 lines deleted...]
-    <t>Zlata Elizarova</t>
+    <t>Ариэлла Кушнер</t>
+  </si>
+  <si>
+    <t>Артемий Клигер</t>
+  </si>
+  <si>
+    <t>Жалолиддин Имомалиев</t>
+  </si>
+  <si>
+    <t>Злата Елизарова</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1200,53 +1203,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C99" sqref="C99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1510,653 +1513,653 @@
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D26" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>75</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>83</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D34" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>97</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>99</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>99</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>102</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D37" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>104</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D38" t="s">
-        <v>105</v>
+        <v>41</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>106</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D39" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>111</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>114</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>117</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>120</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>123</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>126</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>129</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>132</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>135</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D49" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>137</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>140</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>143</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>146</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>149</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>152</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>155</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>158</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>161</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>163</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>166</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>169</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>172</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>175</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>178</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>181</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>184</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D66" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>187</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>188</v>
@@ -2238,121 +2241,121 @@
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>205</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D73" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>208</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>209</v>
       </c>
       <c r="D74" t="s">
-        <v>154</v>
+        <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D75" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D76" t="s">
-        <v>215</v>
+        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>216</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D77" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D78" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D79" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>224</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>225</v>
       </c>
       <c r="D80" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>227</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>228</v>
@@ -2434,172 +2437,172 @@
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>245</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D87" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>248</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D88" t="s">
-        <v>183</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D89" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D90" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D91" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D92" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D93" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D94" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D95" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="B96" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C96" s="1"/>
     </row>
     <row r="97" spans="1:4">
       <c r="B97" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C97" s="1"/>
     </row>
     <row r="98" spans="1:4">
       <c r="B98" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C98" s="1"/>
     </row>
     <row r="99" spans="1:4">
       <c r="B99" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C99" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>