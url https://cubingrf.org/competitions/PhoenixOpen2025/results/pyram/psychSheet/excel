--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,437 +12,434 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>2.38</t>
+  </si>
+  <si>
+    <t>1.34</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>2.76</t>
+  </si>
+  <si>
+    <t>1.96</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>2.82</t>
+  </si>
+  <si>
+    <t>2.09</t>
+  </si>
+  <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
+    <t>3.00</t>
+  </si>
+  <si>
+    <t>1.53</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>3.11</t>
+  </si>
+  <si>
     <t>2.31</t>
   </si>
   <si>
-    <t>1.18</t>
-[...26 lines deleted...]
-    <t>2.10</t>
+    <t>Степан Мельников</t>
+  </si>
+  <si>
+    <t>3.20</t>
+  </si>
+  <si>
+    <t>2.63</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>3.47</t>
+  </si>
+  <si>
+    <t>2.27</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
+  </si>
+  <si>
+    <t>3.51</t>
+  </si>
+  <si>
+    <t>2.23</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>2.40</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>3.63</t>
+  </si>
+  <si>
+    <t>2.65</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.06</t>
-[...53 lines deleted...]
-    <t>2.65</t>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>2.17</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
+    <t>2.44</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>4.17</t>
+  </si>
+  <si>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Андрей Синицын</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
+    <t>2.56</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>4.51</t>
+  </si>
+  <si>
+    <t>3.31</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>4.62</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>4.70</t>
+  </si>
+  <si>
+    <t>3.07</t>
+  </si>
+  <si>
+    <t>Андрей Маслов</t>
+  </si>
+  <si>
+    <t>4.75</t>
+  </si>
+  <si>
+    <t>3.79</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>4.76</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>4.87</t>
+  </si>
+  <si>
+    <t>2.66</t>
+  </si>
+  <si>
+    <t>Глеб Пясецкий</t>
+  </si>
+  <si>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>3.58</t>
+  </si>
+  <si>
+    <t>Дмитрий Костерев</t>
+  </si>
+  <si>
+    <t>5.10</t>
+  </si>
+  <si>
+    <t>Андрей Копосов</t>
+  </si>
+  <si>
+    <t>5.19</t>
+  </si>
+  <si>
+    <t>2.94</t>
+  </si>
+  <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>5.20</t>
+  </si>
+  <si>
+    <t>2.97</t>
+  </si>
+  <si>
+    <t>Олег Кремлёв</t>
+  </si>
+  <si>
+    <t>3.49</t>
+  </si>
+  <si>
+    <t>Максим Дейч</t>
+  </si>
+  <si>
+    <t>5.25</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Дмитрий Галкин</t>
+  </si>
+  <si>
+    <t>5.26</t>
+  </si>
+  <si>
+    <t>3.53</t>
+  </si>
+  <si>
+    <t>Никита Евланов</t>
+  </si>
+  <si>
+    <t>5.37</t>
+  </si>
+  <si>
+    <t>4.29</t>
+  </si>
+  <si>
+    <t>Седа Сукясова</t>
+  </si>
+  <si>
+    <t>5.44</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>Юрий Рякин</t>
+  </si>
+  <si>
+    <t>5.47</t>
+  </si>
+  <si>
+    <t>3.67</t>
+  </si>
+  <si>
+    <t>Денис Синюшкин</t>
+  </si>
+  <si>
+    <t>5.54</t>
+  </si>
+  <si>
+    <t>4.21</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>5.69</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>5.71</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>5.82</t>
+  </si>
+  <si>
+    <t>3.74</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>5.92</t>
+  </si>
+  <si>
+    <t>3.88</t>
+  </si>
+  <si>
+    <t>Агата Комекова</t>
+  </si>
+  <si>
+    <t>6.05</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>4.33</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>6.26</t>
+  </si>
+  <si>
+    <t>Иван Ворошилов</t>
+  </si>
+  <si>
+    <t>6.29</t>
+  </si>
+  <si>
+    <t>4.81</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>Михаил Говголенко</t>
+  </si>
+  <si>
+    <t>6.41</t>
+  </si>
+  <si>
+    <t>3.78</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>6.52</t>
+  </si>
+  <si>
+    <t>4.01</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>6.57</t>
   </si>
   <si>
     <t>Федор Абаев</t>
   </si>
   <si>
-    <t>3.76</t>
-[...263 lines deleted...]
-    <t>3.79</t>
+    <t>7.02</t>
+  </si>
+  <si>
+    <t>4.79</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>7.31</t>
   </si>
   <si>
-    <t>2.97</t>
+    <t>3.86</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>5.39</t>
   </si>
   <si>
     <t>Антон Бережнов</t>
   </si>
   <si>
     <t>7.64</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>4.57</t>
   </si>
@@ -680,144 +677,141 @@
   <si>
     <t>Мирон Головатый</t>
   </si>
   <si>
     <t>13.15</t>
   </si>
   <si>
     <t>Роман Комиссаров</t>
   </si>
   <si>
     <t>13.17</t>
   </si>
   <si>
     <t>8.48</t>
   </si>
   <si>
     <t>Александр Щербаков</t>
   </si>
   <si>
     <t>13.77</t>
   </si>
   <si>
     <t>9.28</t>
   </si>
   <si>
+    <t>Елена Гусева</t>
+  </si>
+  <si>
+    <t>13.86</t>
+  </si>
+  <si>
+    <t>8.40</t>
+  </si>
+  <si>
     <t>Лукерья Лаврентьева</t>
   </si>
   <si>
     <t>13.97</t>
   </si>
   <si>
     <t>Александр Скобцов</t>
   </si>
   <si>
     <t>14.56</t>
   </si>
   <si>
     <t>13.13</t>
   </si>
   <si>
     <t>Даниил Надеев</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>13.14</t>
   </si>
   <si>
     <t>Евгений Амосов</t>
   </si>
   <si>
     <t>15.91</t>
   </si>
   <si>
     <t>10.20</t>
   </si>
   <si>
     <t>Алексей Попов</t>
   </si>
   <si>
     <t>15.96</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
+    <t>Ярослав Носков</t>
+  </si>
+  <si>
+    <t>15.99</t>
+  </si>
+  <si>
     <t>Иван Шинкин</t>
   </si>
   <si>
     <t>16.47</t>
   </si>
   <si>
     <t>12.93</t>
   </si>
   <si>
     <t>Николай Тензин</t>
   </si>
   <si>
     <t>16.56</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
-    <t>Ярослав Носков</t>
-[...7 lines deleted...]
-  <si>
     <t>Наталья Жукова</t>
   </si>
   <si>
     <t>16.98</t>
   </si>
   <si>
     <t>7.87</t>
   </si>
   <si>
     <t>Максим Бережнов</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>10.92</t>
-  </si>
-[...7 lines deleted...]
-    <t>8.40</t>
   </si>
   <si>
     <t>Арина Салмова</t>
   </si>
   <si>
     <t>19.74</t>
   </si>
   <si>
     <t>Тимур Чеэров</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>17.85</t>
   </si>
   <si>
     <t>Роман Романенко</t>
   </si>
   <si>
     <t>24.11</t>
   </si>
   <si>
     <t>14.63</t>
   </si>
@@ -1303,1306 +1297,1306 @@
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D24" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D26" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>75</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>97</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>28</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D37" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>105</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D39" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D40" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>114</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D42" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>117</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D43" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>120</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D44" t="s">
-        <v>122</v>
+        <v>56</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>122</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>125</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>128</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>131</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>134</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D49" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>136</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>139</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>142</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>145</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>148</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>151</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
+        <v>154</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
+        <v>157</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>160</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>162</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>165</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>168</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>171</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>174</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>177</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>180</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>183</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>186</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
+        <v>189</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>192</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>195</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>198</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
+        <v>201</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>204</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D73" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>207</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>210</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>213</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>215</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>218</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>221</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>224</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>225</v>
       </c>
       <c r="D80" t="s">
-        <v>226</v>
+        <v>208</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>226</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>229</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="D82" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>232</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="D83" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
+        <v>235</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D84" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
+        <v>238</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D85" t="s">
-        <v>241</v>
+        <v>181</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>240</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D86" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>243</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D87" t="s">
         <v>245</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>246</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D88" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>249</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D89" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D90" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>254</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D91" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
+        <v>257</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D92" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
+        <v>260</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D93" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>263</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D94" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>266</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D95" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="B96" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C96" s="1"/>
     </row>
     <row r="97" spans="1:4">
       <c r="B97" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C97" s="1"/>
     </row>
     <row r="98" spans="1:4">
       <c r="B98" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C98" s="1"/>
     </row>
     <row r="99" spans="1:4">
       <c r="B99" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C99" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>