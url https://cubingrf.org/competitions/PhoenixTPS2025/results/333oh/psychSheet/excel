--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,536 +12,539 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Arsenii Borovkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Иван Полканов</t>
+  </si>
+  <si>
+    <t>12.66</t>
+  </si>
+  <si>
+    <t>9.91</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
-    <t>Ivan Polkanov</t>
-[...8 lines deleted...]
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
     <t>12.15</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>16.41</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Oleg Akkerman</t>
+    <t>Олег Аккерман</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>13.05</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
-[...8 lines deleted...]
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>17.31</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>19.37</t>
   </si>
   <si>
     <t>16.82</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>19.41</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...8 lines deleted...]
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>19.97</t>
   </si>
   <si>
     <t>16.68</t>
   </si>
   <si>
-    <t>Aleksandr Korotkov</t>
+    <t>Александр Коротков</t>
   </si>
   <si>
     <t>20.56</t>
   </si>
   <si>
     <t>18.08</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>20.62</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>23.15</t>
   </si>
   <si>
     <t>14.55</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Mikhail Dmitriev</t>
+    <t>Михаил Дмитриев</t>
   </si>
   <si>
     <t>24.79</t>
   </si>
   <si>
     <t>19.74</t>
   </si>
   <si>
-    <t>Seda Sukyasova</t>
+    <t>Седа Сукясова</t>
   </si>
   <si>
     <t>26.53</t>
   </si>
   <si>
     <t>23.70</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>27.84</t>
   </si>
   <si>
     <t>24.71</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>28.50</t>
   </si>
   <si>
     <t>20.05</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>28.64</t>
   </si>
   <si>
     <t>23.62</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>30.15</t>
   </si>
   <si>
-    <t>Yuriy Grinchiy</t>
+    <t>Юрий Гринчий</t>
   </si>
   <si>
     <t>31.95</t>
   </si>
   <si>
     <t>24.85</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
     <t>27.45</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>32.19</t>
   </si>
   <si>
     <t>23.08</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Anton Semidetko</t>
+    <t>Антон Семидетко</t>
   </si>
   <si>
     <t>32.78</t>
   </si>
   <si>
     <t>26.72</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>33.21</t>
   </si>
   <si>
     <t>28.20</t>
   </si>
   <si>
-    <t>Fyodor Romanov</t>
+    <t>Фёдор Романов</t>
   </si>
   <si>
     <t>33.65</t>
   </si>
   <si>
     <t>26.67</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>34.40</t>
   </si>
   <si>
     <t>26.94</t>
   </si>
   <si>
-    <t>Bogdan Kashin</t>
+    <t>Богдан Кашин</t>
   </si>
   <si>
     <t>35.07</t>
   </si>
   <si>
     <t>21.33</t>
   </si>
   <si>
-    <t>Nikita Yevlanov</t>
+    <t>Никита Евланов</t>
   </si>
   <si>
     <t>35.62</t>
   </si>
   <si>
     <t>29.73</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>37.59</t>
   </si>
   <si>
     <t>28.37</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>38.23</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
-    <t>Ilya Popov</t>
+    <t>Артемий Клигер</t>
+  </si>
+  <si>
+    <t>47.54</t>
+  </si>
+  <si>
+    <t>38.26</t>
+  </si>
+  <si>
+    <t>Илья Попов</t>
   </si>
   <si>
     <t>48.18</t>
   </si>
   <si>
     <t>40.29</t>
   </si>
   <si>
-    <t>Aleksey Berezhnov</t>
+    <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>52.32</t>
   </si>
   <si>
     <t>38.72</t>
   </si>
   <si>
-    <t>Petr Shipitsin</t>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>55.35</t>
   </si>
   <si>
     <t>51.10</t>
   </si>
   <si>
-    <t>Artemiy Kliger</t>
-[...8 lines deleted...]
-    <t>Anastasiya Vergunova</t>
+    <t>Роман Комиссаров</t>
+  </si>
+  <si>
+    <t>1:20.91</t>
+  </si>
+  <si>
+    <t>56.53</t>
+  </si>
+  <si>
+    <t>Анастасия Вергунова</t>
   </si>
   <si>
     <t>52.28</t>
   </si>
   <si>
-    <t>Roman Komissarov</t>
-[...11 lines deleted...]
-    <t>Arseniy Borodinskiy</t>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
+    <t>1:06.99</t>
+  </si>
+  <si>
+    <t>Арсений Бородинский</t>
   </si>
   <si>
     <t>1:15.75</t>
   </si>
   <si>
-    <t>Alexey Rusanov</t>
-[...2 lines deleted...]
-    <t>Taisiya Semenikhina</t>
+    <t>Алексей Русанов</t>
+  </si>
+  <si>
+    <t>Таисия Семенихина</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -864,51 +867,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C57" sqref="C57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1104,51 +1107,51 @@
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
@@ -1590,100 +1593,102 @@
       <c r="D50" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>149</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D51" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>152</v>
       </c>
-      <c r="C52" s="1"/>
+      <c r="C52" s="1" t="s">
+        <v>153</v>
+      </c>
       <c r="D52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="B56" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C56" s="1"/>
     </row>
     <row r="57" spans="1:4">
       <c r="B57" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C57" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>