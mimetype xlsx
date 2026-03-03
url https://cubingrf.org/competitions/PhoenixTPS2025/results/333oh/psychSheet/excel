--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -26,149 +26,149 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
-[...7 lines deleted...]
-  <si>
     <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>Иван Полканов</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
     <t>9.91</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
-    <t>10.82</t>
+    <t>10.78</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
     <t>12.15</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...7 lines deleted...]
-  <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
@@ -251,294 +251,294 @@
   <si>
     <t>18.08</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>20.62</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
-    <t>23.15</t>
+    <t>22.39</t>
   </si>
   <si>
     <t>14.55</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
+    <t>Седа Сукясова</t>
+  </si>
+  <si>
+    <t>26.53</t>
+  </si>
+  <si>
+    <t>23.70</t>
+  </si>
+  <si>
+    <t>Никита Малышкин</t>
+  </si>
+  <si>
+    <t>27.84</t>
+  </si>
+  <si>
+    <t>24.71</t>
+  </si>
+  <si>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>28.50</t>
+  </si>
+  <si>
+    <t>20.05</t>
+  </si>
+  <si>
+    <t>Антон Бережнов</t>
+  </si>
+  <si>
+    <t>28.64</t>
+  </si>
+  <si>
+    <t>23.62</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>30.15</t>
+  </si>
+  <si>
+    <t>Юрий Гринчий</t>
+  </si>
+  <si>
+    <t>31.95</t>
+  </si>
+  <si>
+    <t>24.85</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>32.01</t>
+  </si>
+  <si>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>32.19</t>
+  </si>
+  <si>
+    <t>23.08</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>32.58</t>
+  </si>
+  <si>
+    <t>23.85</t>
+  </si>
+  <si>
+    <t>Антон Семидетко</t>
+  </si>
+  <si>
+    <t>32.78</t>
+  </si>
+  <si>
+    <t>26.72</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>32.87</t>
+  </si>
+  <si>
+    <t>27.18</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>33.21</t>
+  </si>
+  <si>
+    <t>28.20</t>
+  </si>
+  <si>
+    <t>Фёдор Романов</t>
+  </si>
+  <si>
+    <t>33.65</t>
+  </si>
+  <si>
+    <t>26.67</t>
+  </si>
+  <si>
+    <t>Ксения Зырянова</t>
+  </si>
+  <si>
+    <t>34.40</t>
+  </si>
+  <si>
+    <t>26.94</t>
+  </si>
+  <si>
+    <t>Никита Евланов</t>
+  </si>
+  <si>
+    <t>35.62</t>
+  </si>
+  <si>
+    <t>29.73</t>
+  </si>
+  <si>
     <t>Михаил Дмитриев</t>
   </si>
   <si>
-    <t>24.79</t>
-[...125 lines deleted...]
-    <t>26.94</t>
+    <t>35.75</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
-    <t>35.07</t>
+    <t>35.85</t>
   </si>
   <si>
     <t>21.33</t>
   </si>
   <si>
-    <t>Никита Евланов</t>
-[...7 lines deleted...]
-  <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>37.59</t>
   </si>
   <si>
     <t>28.37</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>38.23</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
     <t>Артемий Клигер</t>
   </si>
   <si>
     <t>47.54</t>
   </si>
   <si>
     <t>38.26</t>
   </si>
   <si>
     <t>Илья Попов</t>
   </si>
   <si>
     <t>48.18</t>
   </si>
   <si>
     <t>40.29</t>
   </si>
   <si>
+    <t>Арсений Бородинский</t>
+  </si>
+  <si>
+    <t>51.67</t>
+  </si>
+  <si>
+    <t>43.55</t>
+  </si>
+  <si>
     <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>52.32</t>
   </si>
   <si>
     <t>38.72</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>55.35</t>
   </si>
   <si>
     <t>51.10</t>
   </si>
   <si>
     <t>Роман Комиссаров</t>
   </si>
   <si>
     <t>1:20.91</t>
   </si>
   <si>
     <t>56.53</t>
   </si>
   <si>
     <t>Анастасия Вергунова</t>
   </si>
   <si>
     <t>52.28</t>
   </si>
   <si>
     <t>Анастасия Хлапонина</t>
   </si>
   <si>
     <t>1:06.99</t>
-  </si>
-[...4 lines deleted...]
-    <t>1:15.75</t>
   </si>
   <si>
     <t>Алексей Русанов</t>
   </si>
   <si>
     <t>Таисия Семенихина</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1331,65 +1331,65 @@
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>101</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D35" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>105</v>
@@ -1485,173 +1485,175 @@
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D43" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>130</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>133</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>136</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>139</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>142</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>145</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>148</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>151</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>154</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="C53" s="1"/>
       <c r="D53" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>157</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>159</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">