--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -12,674 +12,668 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...2 lines deleted...]
-    <t>2.56</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>3.89</t>
   </si>
   <si>
     <t>2.24</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>4.43</t>
   </si>
   <si>
     <t>2.83</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
-    <t>4.04</t>
-[...2 lines deleted...]
-    <t>Arsenii Borovkov</t>
+    <t>3.83</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
     <t>2.52</t>
   </si>
   <si>
-    <t>Nikita Yevlanov</t>
+    <t>Никита Евланов</t>
   </si>
   <si>
     <t>5.84</t>
   </si>
   <si>
     <t>4.55</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>5.92</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>6.46</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>6.85</t>
   </si>
   <si>
     <t>4.49</t>
   </si>
   <si>
-    <t>Seda Sukyasova</t>
+    <t>Седа Сукясова</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>7.14</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>7.26</t>
   </si>
   <si>
     <t>3.72</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Petr Shipitsin</t>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.55</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>7.52</t>
   </si>
   <si>
     <t>3.80</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>7.73</t>
   </si>
   <si>
     <t>5.67</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>7.86</t>
   </si>
   <si>
     <t>6.54</t>
   </si>
   <si>
-    <t>Ilya Popov</t>
+    <t>Михаил Дмитриев</t>
+  </si>
+  <si>
+    <t>8.82</t>
+  </si>
+  <si>
+    <t>3.10</t>
+  </si>
+  <si>
+    <t>Илья Попов</t>
   </si>
   <si>
     <t>8.85</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>8.96</t>
   </si>
   <si>
-    <t>Mikhail Dmitriev</t>
-[...8 lines deleted...]
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>9.41</t>
   </si>
   <si>
     <t>5.46</t>
   </si>
   <si>
-    <t>Arseniy Kuzovlev</t>
+    <t>Арсений Кузовлев</t>
   </si>
   <si>
     <t>10.52</t>
   </si>
   <si>
     <t>8.13</t>
   </si>
   <si>
-    <t>Yura Kozhuharev</t>
+    <t>Юра Кожухарёв</t>
   </si>
   <si>
     <t>11.20</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>11.60</t>
   </si>
   <si>
     <t>4.44</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>12.04</t>
   </si>
   <si>
     <t>8.50</t>
   </si>
   <si>
-    <t>Matvei Sidorov</t>
+    <t>Матвей Сидоров</t>
   </si>
   <si>
     <t>12.16</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Aleksey Berezhnov</t>
+    <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Artem Gorohov</t>
+    <t>Артём Горохов</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>7.19</t>
   </si>
   <si>
-    <t>Bogdan Kashin</t>
+    <t>Богдан Кашин</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
-    <t>Andrey Cherepanov</t>
+    <t>Андрей Черепанов</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
-    <t>Daniil Kozlov</t>
+    <t>Даниил Козлов</t>
   </si>
   <si>
     <t>15.70</t>
   </si>
   <si>
     <t>12.87</t>
   </si>
   <si>
-    <t>Ivan Shinkin</t>
+    <t>Иван Шинкин</t>
   </si>
   <si>
     <t>15.72</t>
   </si>
   <si>
     <t>7.00</t>
   </si>
   <si>
-    <t>Arseniy Borodinskiy</t>
+    <t>Арсений Бородинский</t>
   </si>
   <si>
     <t>16.89</t>
   </si>
   <si>
     <t>10.77</t>
   </si>
   <si>
-    <t>Fyodor Romanov</t>
+    <t>Фёдор Романов</t>
   </si>
   <si>
     <t>17.55</t>
   </si>
   <si>
     <t>10.03</t>
   </si>
   <si>
-    <t>Tatyana Grigorovskaya</t>
+    <t>Татьяна Григоровская</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
     <t>11.88</t>
   </si>
   <si>
-    <t>Natalʹya Zhukova</t>
+    <t>Наталья Жукова</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>12.64</t>
   </si>
   <si>
-    <t>Anastasia Khlaponina</t>
+    <t>Роман Комиссаров</t>
   </si>
   <si>
     <t>18.55</t>
   </si>
   <si>
+    <t>11.58</t>
+  </si>
+  <si>
+    <t>Анастасия Хлапонина</t>
+  </si>
+  <si>
     <t>13.67</t>
   </si>
   <si>
-    <t>Mariya Podchufarova</t>
+    <t>Мария Подчуфарова</t>
   </si>
   <si>
     <t>18.67</t>
   </si>
   <si>
     <t>14.59</t>
   </si>
   <si>
-    <t>Eva Safonova</t>
+    <t>Ева Сафонова</t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
     <t>14.87</t>
   </si>
   <si>
-    <t>Yaroslav Ulyukayev</t>
+    <t>Ярослав Улюкаев</t>
   </si>
   <si>
     <t>18.75</t>
   </si>
   <si>
     <t>12.69</t>
   </si>
   <si>
-    <t>Anastasia Mazhuga</t>
+    <t>Евгений Амосов</t>
+  </si>
+  <si>
+    <t>19.14</t>
+  </si>
+  <si>
+    <t>Анастасия Мажуга</t>
   </si>
   <si>
     <t>20.69</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
-    <t>Roman Komissarov</t>
-[...17 lines deleted...]
-    <t>Yaroslav Noskov</t>
+    <t>Ярослав Носков</t>
   </si>
   <si>
     <t>25.94</t>
   </si>
   <si>
     <t>18.70</t>
   </si>
   <si>
-    <t>Maksim Kandalin</t>
+    <t>Максим Кандалин</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
     <t>18.43</t>
   </si>
   <si>
-    <t>Taisiya Semenikhina</t>
+    <t>Таисия Семенихина</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
     <t>21.09</t>
   </si>
   <si>
-    <t>Lev Vedenyapin</t>
+    <t>Лев Веденяпин</t>
   </si>
   <si>
     <t>39.08</t>
   </si>
   <si>
     <t>15.12</t>
   </si>
   <si>
-    <t>Yaroslav Klimov</t>
+    <t>Ярослав Климов</t>
   </si>
   <si>
     <t>7.74</t>
   </si>
   <si>
-    <t>Maksim Berezhnov</t>
+    <t>Максим Бережнов</t>
   </si>
   <si>
     <t>28.72</t>
   </si>
   <si>
-    <t>Kirill Ermolaev</t>
+    <t>Кирилл Ермолаев</t>
   </si>
   <si>
     <t>37.76</t>
   </si>
   <si>
-    <t>Dmitry Gnevko</t>
+    <t>Дмитрий Гневко</t>
   </si>
   <si>
     <t>50.58</t>
   </si>
   <si>
-    <t>Aleksei Laishev</t>
-[...8 lines deleted...]
-    <t>Sofia Makarova</t>
+    <t>Алексей Лайшев</t>
+  </si>
+  <si>
+    <t>Алексей Русанов</t>
+  </si>
+  <si>
+    <t>Егор Панков</t>
+  </si>
+  <si>
+    <t>София Макарова</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1002,53 +996,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C74" sqref="C74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1522,65 +1516,65 @@
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D36" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>72</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>112</v>
+        <v>72</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D39" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>117</v>
@@ -1799,251 +1793,251 @@
         <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>163</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D56" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>166</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D57" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
+        <v>168</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="D58" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>171</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>174</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>177</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>180</v>
+        <v>128</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>179</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D62" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>182</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D63" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>185</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D64" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>188</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D65" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>191</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D66" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="B71" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C71" s="1"/>
     </row>
     <row r="72" spans="1:4">
       <c r="B72" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C72" s="1"/>
     </row>
     <row r="73" spans="1:4">
       <c r="B73" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C73" s="1"/>
     </row>
     <row r="74" spans="1:4">
       <c r="B74" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C74" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>