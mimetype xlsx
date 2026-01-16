--- v1 (2026-01-16)
+++ v2 (2026-01-16)
@@ -17,663 +17,663 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Владимир Филин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Артём Куликов</t>
+    <t>Artem Kulikov</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
+    <t>Roman Shilov</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Олег Кремлёв</t>
+    <t>Oleg Kremlyov</t>
   </si>
   <si>
     <t>3.89</t>
   </si>
   <si>
     <t>2.24</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Степан Мельников</t>
+    <t>Stepan Melnikov</t>
   </si>
   <si>
     <t>4.43</t>
   </si>
   <si>
     <t>2.83</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
+    <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
-    <t>Мартин Николаев</t>
+    <t>Martin Nikolayev</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Дмитрий Колотвин</t>
+    <t>Dmitry Kolotvin</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
     <t>2.52</t>
   </si>
   <si>
-    <t>Никита Евланов</t>
+    <t>Nikita Yevlanov</t>
   </si>
   <si>
     <t>5.84</t>
   </si>
   <si>
     <t>4.55</t>
   </si>
   <si>
-    <t>Афанасий Иванов</t>
+    <t>Afanasy Ivanov</t>
   </si>
   <si>
     <t>5.92</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Ксения Зырянова</t>
+    <t>Kseniya Zyryanova</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>6.46</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
-    <t>Роман Самвелян</t>
+    <t>Roman Samvelyan</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Антон Бережнов</t>
+    <t>Anton Berezhnov</t>
   </si>
   <si>
     <t>6.85</t>
   </si>
   <si>
     <t>4.49</t>
   </si>
   <si>
-    <t>Седа Сукясова</t>
+    <t>Seda Sukyasova</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
-    <t>Никита Чесноков</t>
+    <t>Nikita Chesnokov</t>
   </si>
   <si>
     <t>7.14</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
-    <t>Тимофей Антонов</t>
+    <t>Timofey Antonov</t>
   </si>
   <si>
     <t>7.26</t>
   </si>
   <si>
     <t>3.72</t>
   </si>
   <si>
-    <t>Владислав Затолокин</t>
+    <t>Vladislav Zatolokin</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Пётр Шипицин</t>
+    <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.55</t>
   </si>
   <si>
-    <t>Юрий Рякин</t>
+    <t>Yuri Ryakin</t>
   </si>
   <si>
     <t>7.52</t>
   </si>
   <si>
     <t>3.80</t>
   </si>
   <si>
-    <t>Никита Малышкин</t>
+    <t>Nikita Malyshkin</t>
   </si>
   <si>
     <t>7.73</t>
   </si>
   <si>
     <t>5.67</t>
   </si>
   <si>
-    <t>Михаил Говголенко</t>
+    <t>Mikhail Govgolenko</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>7.86</t>
   </si>
   <si>
     <t>6.54</t>
   </si>
   <si>
-    <t>Михаил Дмитриев</t>
+    <t>Mikhail Dmitriev</t>
   </si>
   <si>
     <t>8.82</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
-    <t>Илья Попов</t>
+    <t>Ilya Popov</t>
   </si>
   <si>
     <t>8.85</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Дмитрий Родин</t>
+    <t>Dmitry Rodin</t>
   </si>
   <si>
     <t>8.96</t>
   </si>
   <si>
-    <t>Глеб Пясецкий</t>
+    <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>9.41</t>
   </si>
   <si>
     <t>5.46</t>
   </si>
   <si>
-    <t>Арсений Кузовлев</t>
+    <t>Arseniy Kuzovlev</t>
   </si>
   <si>
     <t>10.52</t>
   </si>
   <si>
     <t>8.13</t>
   </si>
   <si>
-    <t>Юра Кожухарёв</t>
+    <t>Yura Kozhuharev</t>
   </si>
   <si>
     <t>11.20</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
-    <t>Алексей Сенаторов</t>
+    <t>Aleksey Senatorov</t>
   </si>
   <si>
     <t>11.60</t>
   </si>
   <si>
     <t>4.44</t>
   </si>
   <si>
-    <t>Лев Маслов</t>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>12.04</t>
   </si>
   <si>
     <t>8.50</t>
   </si>
   <si>
-    <t>Матвей Сидоров</t>
+    <t>Matvei Sidorov</t>
   </si>
   <si>
     <t>12.16</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Алексей Бережнов</t>
+    <t>Aleksey Berezhnov</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Артём Горохов</t>
+    <t>Artem Gorohov</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>7.19</t>
   </si>
   <si>
-    <t>Богдан Кашин</t>
+    <t>Bogdan Kashin</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
-    <t>Андрей Черепанов</t>
+    <t>Andrey Cherepanov</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
-    <t>Даниил Козлов</t>
+    <t>Daniil Kozlov</t>
   </si>
   <si>
     <t>15.70</t>
   </si>
   <si>
     <t>12.87</t>
   </si>
   <si>
-    <t>Иван Шинкин</t>
+    <t>Ivan Shinkin</t>
   </si>
   <si>
     <t>15.72</t>
   </si>
   <si>
     <t>7.00</t>
   </si>
   <si>
-    <t>Арсений Бородинский</t>
+    <t>Arseniy Borodinskiy</t>
   </si>
   <si>
     <t>16.89</t>
   </si>
   <si>
     <t>10.77</t>
   </si>
   <si>
-    <t>Фёдор Романов</t>
+    <t>Fyodor Romanov</t>
   </si>
   <si>
     <t>17.55</t>
   </si>
   <si>
     <t>10.03</t>
   </si>
   <si>
-    <t>Татьяна Григоровская</t>
+    <t>Tatyana Grigorovskaya</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
     <t>11.88</t>
   </si>
   <si>
-    <t>Наталья Жукова</t>
+    <t>Natalʹya Zhukova</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>12.64</t>
   </si>
   <si>
-    <t>Роман Комиссаров</t>
+    <t>Roman Komissarov</t>
   </si>
   <si>
     <t>18.55</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
-    <t>Анастасия Хлапонина</t>
+    <t>Anastasia Khlaponina</t>
   </si>
   <si>
     <t>13.67</t>
   </si>
   <si>
-    <t>Мария Подчуфарова</t>
+    <t>Mariya Podchufarova</t>
   </si>
   <si>
     <t>18.67</t>
   </si>
   <si>
     <t>14.59</t>
   </si>
   <si>
-    <t>Ева Сафонова</t>
+    <t>Eva Safonova</t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
     <t>14.87</t>
   </si>
   <si>
-    <t>Ярослав Улюкаев</t>
+    <t>Yaroslav Ulyukayev</t>
   </si>
   <si>
     <t>18.75</t>
   </si>
   <si>
     <t>12.69</t>
   </si>
   <si>
-    <t>Евгений Амосов</t>
+    <t>Evgeniy Amosov</t>
   </si>
   <si>
     <t>19.14</t>
   </si>
   <si>
-    <t>Анастасия Мажуга</t>
+    <t>Anastasia Mazhuga</t>
   </si>
   <si>
     <t>20.69</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
-    <t>Ярослав Носков</t>
+    <t>Yaroslav Noskov</t>
   </si>
   <si>
     <t>25.94</t>
   </si>
   <si>
     <t>18.70</t>
   </si>
   <si>
-    <t>Максим Кандалин</t>
+    <t>Maksim Kandalin</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
     <t>18.43</t>
   </si>
   <si>
-    <t>Таисия Семенихина</t>
+    <t>Taisiya Semenikhina</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
     <t>21.09</t>
   </si>
   <si>
-    <t>Лев Веденяпин</t>
+    <t>Lev Vedenyapin</t>
   </si>
   <si>
     <t>39.08</t>
   </si>
   <si>
     <t>15.12</t>
   </si>
   <si>
-    <t>Ярослав Климов</t>
+    <t>Yaroslav Klimov</t>
   </si>
   <si>
     <t>7.74</t>
   </si>
   <si>
-    <t>Максим Бережнов</t>
+    <t>Maksim Berezhnov</t>
   </si>
   <si>
     <t>28.72</t>
   </si>
   <si>
-    <t>Кирилл Ермолаев</t>
+    <t>Kirill Ermolaev</t>
   </si>
   <si>
     <t>37.76</t>
   </si>
   <si>
-    <t>Дмитрий Гневко</t>
+    <t>Dmitry Gnevko</t>
   </si>
   <si>
     <t>50.58</t>
   </si>
   <si>
-    <t>Алексей Лайшев</t>
-[...8 lines deleted...]
-    <t>София Макарова</t>
+    <t>Aleksei Laishev</t>
+  </si>
+  <si>
+    <t>Alexey Rusanov</t>
+  </si>
+  <si>
+    <t>Egor Pankov</t>
+  </si>
+  <si>
+    <t>Sofia Makarova</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -996,53 +996,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C74" sqref="C74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>