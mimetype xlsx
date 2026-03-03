--- v2 (2026-01-16)
+++ v3 (2026-03-03)
@@ -17,663 +17,663 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
     <t>1.87</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Oleg Kremlyov</t>
+    <t>Олег Кремлёв</t>
   </si>
   <si>
     <t>3.89</t>
   </si>
   <si>
     <t>2.24</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
-[...2 lines deleted...]
-    <t>Anastasiya Maykova</t>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Stepan Melnikov</t>
+    <t>Степан Мельников</t>
   </si>
   <si>
     <t>4.43</t>
   </si>
   <si>
     <t>2.83</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
-    <t>Martin Nikolayev</t>
+    <t>Мартин Николаев</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
-[...8 lines deleted...]
-    <t>Nikita Yevlanov</t>
+    <t>Никита Евланов</t>
   </si>
   <si>
     <t>5.84</t>
   </si>
   <si>
     <t>4.55</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>5.92</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>6.10</t>
+  </si>
+  <si>
+    <t>2.96</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>6.46</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
-    <t>Roman Samvelyan</t>
+    <t>Роман Самвелян</t>
   </si>
   <si>
     <t>6.61</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>6.85</t>
   </si>
   <si>
     <t>4.49</t>
   </si>
   <si>
-    <t>Seda Sukyasova</t>
+    <t>Седа Сукясова</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>7.14</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>7.26</t>
   </si>
   <si>
     <t>3.72</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
+    <t>Владислав Затолокин</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Petr Shipitsin</t>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>5.55</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>7.52</t>
   </si>
   <si>
     <t>3.80</t>
   </si>
   <si>
-    <t>Nikita Malyshkin</t>
+    <t>Никита Малышкин</t>
   </si>
   <si>
     <t>7.73</t>
   </si>
   <si>
     <t>5.67</t>
   </si>
   <si>
-    <t>Mikhail Govgolenko</t>
+    <t>Михаил Говголенко</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>7.86</t>
   </si>
   <si>
-    <t>6.54</t>
-[...11 lines deleted...]
-    <t>Ilya Popov</t>
+    <t>5.18</t>
+  </si>
+  <si>
+    <t>Илья Попов</t>
   </si>
   <si>
     <t>8.85</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>8.96</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>9.41</t>
   </si>
   <si>
     <t>5.46</t>
   </si>
   <si>
-    <t>Arseniy Kuzovlev</t>
+    <t>Михаил Дмитриев</t>
+  </si>
+  <si>
+    <t>9.52</t>
+  </si>
+  <si>
+    <t>7.08</t>
+  </si>
+  <si>
+    <t>Арсений Кузовлев</t>
   </si>
   <si>
     <t>10.52</t>
   </si>
   <si>
     <t>8.13</t>
   </si>
   <si>
-    <t>Yura Kozhuharev</t>
+    <t>Юра Кожухарёв</t>
   </si>
   <si>
     <t>11.20</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>11.60</t>
   </si>
   <si>
     <t>4.44</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>12.04</t>
   </si>
   <si>
     <t>8.50</t>
   </si>
   <si>
-    <t>Matvei Sidorov</t>
+    <t>Матвей Сидоров</t>
   </si>
   <si>
     <t>12.16</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Aleksey Berezhnov</t>
+    <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Artem Gorohov</t>
+    <t>Артём Горохов</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>7.19</t>
   </si>
   <si>
-    <t>Bogdan Kashin</t>
+    <t>Богдан Кашин</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
-    <t>Andrey Cherepanov</t>
+    <t>Андрей Черепанов</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
-    <t>Daniil Kozlov</t>
+    <t>Даниил Козлов</t>
   </si>
   <si>
     <t>15.70</t>
   </si>
   <si>
     <t>12.87</t>
   </si>
   <si>
-    <t>Ivan Shinkin</t>
+    <t>Иван Шинкин</t>
   </si>
   <si>
     <t>15.72</t>
   </si>
   <si>
     <t>7.00</t>
   </si>
   <si>
-    <t>Arseniy Borodinskiy</t>
+    <t>Арсений Бородинский</t>
   </si>
   <si>
     <t>16.89</t>
   </si>
   <si>
     <t>10.77</t>
   </si>
   <si>
-    <t>Fyodor Romanov</t>
+    <t>Фёдор Романов</t>
   </si>
   <si>
     <t>17.55</t>
   </si>
   <si>
     <t>10.03</t>
   </si>
   <si>
-    <t>Tatyana Grigorovskaya</t>
+    <t>Татьяна Григоровская</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
     <t>11.88</t>
   </si>
   <si>
-    <t>Natalʹya Zhukova</t>
+    <t>Наталья Жукова</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>12.64</t>
   </si>
   <si>
-    <t>Roman Komissarov</t>
+    <t>Роман Комиссаров</t>
   </si>
   <si>
     <t>18.55</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
-    <t>Anastasia Khlaponina</t>
+    <t>Анастасия Хлапонина</t>
   </si>
   <si>
     <t>13.67</t>
   </si>
   <si>
-    <t>Mariya Podchufarova</t>
+    <t>Мария Подчуфарова</t>
   </si>
   <si>
     <t>18.67</t>
   </si>
   <si>
     <t>14.59</t>
   </si>
   <si>
-    <t>Eva Safonova</t>
+    <t>Ева Сафонова</t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
     <t>14.87</t>
   </si>
   <si>
-    <t>Yaroslav Ulyukayev</t>
+    <t>Ярослав Улюкаев</t>
   </si>
   <si>
     <t>18.75</t>
   </si>
   <si>
     <t>12.69</t>
   </si>
   <si>
-    <t>Evgeniy Amosov</t>
+    <t>Евгений Амосов</t>
   </si>
   <si>
     <t>19.14</t>
   </si>
   <si>
-    <t>Anastasia Mazhuga</t>
+    <t>Анастасия Мажуга</t>
   </si>
   <si>
     <t>20.69</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
-    <t>Yaroslav Noskov</t>
-[...8 lines deleted...]
-    <t>Maksim Kandalin</t>
+    <t>Ярослав Носков</t>
+  </si>
+  <si>
+    <t>23.80</t>
+  </si>
+  <si>
+    <t>10.21</t>
+  </si>
+  <si>
+    <t>Максим Кандалин</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
     <t>18.43</t>
   </si>
   <si>
-    <t>Taisiya Semenikhina</t>
+    <t>Таисия Семенихина</t>
   </si>
   <si>
     <t>32.49</t>
   </si>
   <si>
     <t>21.09</t>
   </si>
   <si>
-    <t>Lev Vedenyapin</t>
+    <t>Лев Веденяпин</t>
   </si>
   <si>
     <t>39.08</t>
   </si>
   <si>
     <t>15.12</t>
   </si>
   <si>
-    <t>Yaroslav Klimov</t>
+    <t>Ярослав Климов</t>
   </si>
   <si>
     <t>7.74</t>
   </si>
   <si>
-    <t>Maksim Berezhnov</t>
+    <t>Максим Бережнов</t>
   </si>
   <si>
     <t>28.72</t>
   </si>
   <si>
-    <t>Kirill Ermolaev</t>
+    <t>Кирилл Ермолаев</t>
   </si>
   <si>
     <t>37.76</t>
   </si>
   <si>
-    <t>Dmitry Gnevko</t>
+    <t>Дмитрий Гневко</t>
   </si>
   <si>
     <t>50.58</t>
   </si>
   <si>
-    <t>Aleksei Laishev</t>
-[...8 lines deleted...]
-    <t>Sofia Makarova</t>
+    <t>Алексей Лайшев</t>
+  </si>
+  <si>
+    <t>Алексей Русанов</t>
+  </si>
+  <si>
+    <t>Егор Панков</t>
+  </si>
+  <si>
+    <t>София Макарова</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -996,53 +996,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C74" sqref="C74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1516,65 +1516,65 @@
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D36" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D39" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>117</v>