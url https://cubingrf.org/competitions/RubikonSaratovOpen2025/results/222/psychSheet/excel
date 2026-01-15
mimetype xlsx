--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,219 +17,219 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Andrey Mishin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Андрей Мишин</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
-    <t>Nikolay Kataev</t>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>2.98</t>
   </si>
   <si>
     <t>1.65</t>
   </si>
   <si>
-    <t>Vladimir Semidyanov</t>
+    <t>Владимир Семидьянов</t>
   </si>
   <si>
     <t>3.06</t>
   </si>
   <si>
     <t>1.82</t>
   </si>
   <si>
-    <t>Maxim Mamakov</t>
+    <t>Максим Мамаков</t>
   </si>
   <si>
     <t>3.25</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
-    <t>Artem Kolmykov</t>
+    <t>Артем Колмыков</t>
   </si>
   <si>
     <t>3.35</t>
   </si>
   <si>
     <t>2.22</t>
   </si>
   <si>
-    <t>Danil Kravchenko</t>
+    <t>Данил Кравченко</t>
   </si>
   <si>
     <t>4.07</t>
   </si>
   <si>
     <t>2.86</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>Yuri Konovalov</t>
+    <t>Юрий Коновалов</t>
   </si>
   <si>
     <t>4.80</t>
   </si>
   <si>
-    <t>Anton Mikhailov</t>
+    <t>Антон Михайлов</t>
   </si>
   <si>
     <t>5.05</t>
   </si>
   <si>
     <t>3.72</t>
   </si>
   <si>
-    <t>Roman Yarushevskiy</t>
+    <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>5.06</t>
   </si>
   <si>
     <t>2.07</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>5.17</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
-    <t>Islam Thaguzhokov</t>
+    <t>Ислам Тхагужоков</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>4.68</t>
   </si>
   <si>
-    <t>Aleksey Berezhnov</t>
+    <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
-    <t>Nurlan Anisov</t>
+    <t>Нурлан Анисов</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
-    <t>Stepan Dementyev</t>
+    <t>Степан Дементьев</t>
   </si>
   <si>
     <t>8.01</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
-    <t>Albert Hajrov</t>
+    <t>Альберт Хайров</t>
   </si>
   <si>
     <t>8.12</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
-    <t>Kamilya Hajrova</t>
+    <t>Камиля Хайрова</t>
   </si>
   <si>
     <t>14.54</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
-    <t>Maksim Berezhnov</t>
+    <t>Максим Бережнов</t>
   </si>
   <si>
     <t>24.26</t>
   </si>
   <si>
     <t>9.99</t>
   </si>
   <si>
-    <t>Vitaly Kotenko</t>
+    <t>Виталий Котенко</t>
   </si>
   <si>
     <t>28.91</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -558,53 +558,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>