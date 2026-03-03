--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,219 +17,219 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>2.76</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Nikolay Kataev</t>
+  </si>
+  <si>
+    <t>2.98</t>
+  </si>
+  <si>
+    <t>1.65</t>
+  </si>
+  <si>
+    <t>Vladimir Semidyanov</t>
+  </si>
+  <si>
+    <t>3.06</t>
+  </si>
+  <si>
+    <t>1.82</t>
+  </si>
+  <si>
+    <t>Andrey Mishin</t>
+  </si>
+  <si>
+    <t>3.07</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
-    <t>Николай Катаев</t>
-[...29 lines deleted...]
-    <t>3.35</t>
+    <t>Artem Kolmykov</t>
+  </si>
+  <si>
+    <t>3.53</t>
   </si>
   <si>
     <t>2.22</t>
   </si>
   <si>
-    <t>Данил Кравченко</t>
-[...2 lines deleted...]
-    <t>4.07</t>
+    <t>Ivan Milyi</t>
+  </si>
+  <si>
+    <t>4.40</t>
+  </si>
+  <si>
+    <t>2.72</t>
+  </si>
+  <si>
+    <t>Maxim Mamakov</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>3.14</t>
+  </si>
+  <si>
+    <t>Yuri Konovalov</t>
+  </si>
+  <si>
+    <t>4.87</t>
+  </si>
+  <si>
+    <t>3.67</t>
+  </si>
+  <si>
+    <t>Anton Mikhailov</t>
+  </si>
+  <si>
+    <t>5.05</t>
+  </si>
+  <si>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>Roman Yarushevskiy</t>
+  </si>
+  <si>
+    <t>5.06</t>
+  </si>
+  <si>
+    <t>2.07</t>
+  </si>
+  <si>
+    <t>Danil Kravchenko</t>
+  </si>
+  <si>
+    <t>5.07</t>
   </si>
   <si>
     <t>2.86</t>
   </si>
   <si>
-    <t>Иван Милый</t>
-[...32 lines deleted...]
-    <t>Антон Бережнов</t>
+    <t>Anton Berezhnov</t>
   </si>
   <si>
     <t>5.17</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
-    <t>Ислам Тхагужоков</t>
+    <t>Islam Thaguzhokov</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>4.68</t>
   </si>
   <si>
-    <t>Алексей Бережнов</t>
+    <t>Aleksey Berezhnov</t>
   </si>
   <si>
     <t>6.45</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
-    <t>Нурлан Анисов</t>
+    <t>Nurlan Anisov</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
-    <t>Степан Дементьев</t>
-[...2 lines deleted...]
-    <t>8.01</t>
+    <t>Stepan Dementyev</t>
+  </si>
+  <si>
+    <t>7.80</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
-    <t>Альберт Хайров</t>
+    <t>Albert Hajrov</t>
   </si>
   <si>
     <t>8.12</t>
   </si>
   <si>
-    <t>4.87</t>
-[...2 lines deleted...]
-    <t>Камиля Хайрова</t>
+    <t>Kamilya Hajrova</t>
   </si>
   <si>
     <t>14.54</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
-    <t>Максим Бережнов</t>
+    <t>Maksim Berezhnov</t>
   </si>
   <si>
     <t>24.26</t>
   </si>
   <si>
     <t>9.99</t>
   </si>
   <si>
-    <t>Виталий Котенко</t>
+    <t>Vitaly Kotenko</t>
   </si>
   <si>
     <t>28.91</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -558,53 +558,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -686,163 +686,163 @@
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>