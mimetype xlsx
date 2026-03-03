--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -32,69 +32,69 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Semyon Kirsta</t>
   </si>
   <si>
     <t>33.88</t>
   </si>
   <si>
+    <t>Yuri Konovalov</t>
+  </si>
+  <si>
+    <t>1:42.64</t>
+  </si>
+  <si>
+    <t>Ivan Milyi</t>
+  </si>
+  <si>
+    <t>2:35.92</t>
+  </si>
+  <si>
     <t>Maria Zhits</t>
   </si>
   <si>
-    <t>2:03.82</t>
-[...14 lines deleted...]
-    <t>2:35.92</t>
+    <t>3:45.63</t>
+  </si>
+  <si>
+    <t>3:07.34</t>
   </si>
   <si>
     <t>Vitaly Kotenko</t>
   </si>
   <si>
     <t>3:32.43</t>
   </si>
   <si>
     <t>Nikolay Kataev</t>
   </si>
   <si>
     <t>6:31.41</t>
   </si>
   <si>
     <t>4:12.62</t>
   </si>
   <si>
     <t>Danil Kravchenko</t>
   </si>
   <si>
     <t>6:40.00</t>
   </si>
   <si>
     <t>4:20.34</t>
   </si>
@@ -479,76 +479,76 @@
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>