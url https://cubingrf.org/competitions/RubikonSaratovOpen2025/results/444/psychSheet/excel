--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,180 +17,180 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Nikolay Kataev</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Максим Мамаков</t>
+  </si>
+  <si>
+    <t>30.84</t>
+  </si>
+  <si>
+    <t>27.93</t>
+  </si>
+  <si>
+    <t>Николай Катаев</t>
   </si>
   <si>
     <t>37.69</t>
   </si>
   <si>
     <t>34.08</t>
   </si>
   <si>
-    <t>Andrey Mishin</t>
+    <t>Андрей Мишин</t>
   </si>
   <si>
     <t>41.62</t>
   </si>
   <si>
     <t>34.71</t>
   </si>
   <si>
-    <t>Vladimir Semidyanov</t>
+    <t>Владимир Семидьянов</t>
   </si>
   <si>
     <t>45.37</t>
   </si>
   <si>
     <t>38.28</t>
   </si>
   <si>
-    <t>Roman Yarushevskiy</t>
+    <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>49.11</t>
   </si>
   <si>
     <t>44.71</t>
   </si>
   <si>
-    <t>Artem Kolmykov</t>
+    <t>Артем Колмыков</t>
   </si>
   <si>
     <t>51.65</t>
   </si>
   <si>
     <t>40.27</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>52.75</t>
   </si>
   <si>
     <t>40.64</t>
   </si>
   <si>
-    <t>Anton Berezhnov</t>
+    <t>Антон Бережнов</t>
   </si>
   <si>
     <t>55.10</t>
   </si>
   <si>
     <t>47.00</t>
   </si>
   <si>
-    <t>Yuri Konovalov</t>
+    <t>Юрий Коновалов</t>
   </si>
   <si>
     <t>1:01.99</t>
   </si>
   <si>
     <t>54.65</t>
   </si>
   <si>
-    <t>Danil Kravchenko</t>
+    <t>Данил Кравченко</t>
   </si>
   <si>
     <t>1:02.83</t>
   </si>
   <si>
     <t>56.56</t>
   </si>
   <si>
-    <t>Nurlan Anisov</t>
+    <t>Нурлан Анисов</t>
   </si>
   <si>
     <t>1:03.39</t>
   </si>
   <si>
     <t>59.61</t>
   </si>
   <si>
-    <t>Aleksey Berezhnov</t>
+    <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>1:20.73</t>
   </si>
   <si>
     <t>1:09.13</t>
   </si>
   <si>
-    <t>Albert Hajrov</t>
+    <t>Альберт Хайров</t>
   </si>
   <si>
     <t>1:43.80</t>
   </si>
   <si>
-    <t>Polina Khvorostuhina</t>
+    <t>Полина Хворостухина</t>
   </si>
   <si>
     <t>2:12.84</t>
   </si>
   <si>
-    <t>Vitaly Kotenko</t>
+    <t>Виталий Котенко</t>
   </si>
   <si>
     <t>3:13.28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -516,51 +516,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>