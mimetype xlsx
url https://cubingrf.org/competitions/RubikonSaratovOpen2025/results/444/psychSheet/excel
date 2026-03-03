--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -38,135 +38,135 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Максим Мамаков</t>
   </si>
   <si>
     <t>30.84</t>
   </si>
   <si>
     <t>27.93</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
-    <t>37.69</t>
-[...2 lines deleted...]
-    <t>34.08</t>
+    <t>36.95</t>
+  </si>
+  <si>
+    <t>32.29</t>
   </si>
   <si>
     <t>Андрей Мишин</t>
   </si>
   <si>
     <t>41.62</t>
   </si>
   <si>
     <t>34.71</t>
   </si>
   <si>
     <t>Владимир Семидьянов</t>
   </si>
   <si>
     <t>45.37</t>
   </si>
   <si>
     <t>38.28</t>
   </si>
   <si>
     <t>Роман Ярушевский</t>
   </si>
   <si>
     <t>49.11</t>
   </si>
   <si>
     <t>44.71</t>
   </si>
   <si>
+    <t>Иван Милый</t>
+  </si>
+  <si>
+    <t>52.75</t>
+  </si>
+  <si>
+    <t>40.64</t>
+  </si>
+  <si>
+    <t>Антон Бережнов</t>
+  </si>
+  <si>
+    <t>55.10</t>
+  </si>
+  <si>
+    <t>47.00</t>
+  </si>
+  <si>
     <t>Артем Колмыков</t>
   </si>
   <si>
-    <t>51.65</t>
+    <t>57.90</t>
   </si>
   <si>
     <t>40.27</t>
   </si>
   <si>
-    <t>Иван Милый</t>
-[...16 lines deleted...]
-  <si>
     <t>Юрий Коновалов</t>
   </si>
   <si>
     <t>1:01.99</t>
   </si>
   <si>
     <t>54.65</t>
   </si>
   <si>
+    <t>Нурлан Анисов</t>
+  </si>
+  <si>
+    <t>1:03.39</t>
+  </si>
+  <si>
+    <t>59.61</t>
+  </si>
+  <si>
     <t>Данил Кравченко</t>
   </si>
   <si>
-    <t>1:02.83</t>
-[...11 lines deleted...]
-    <t>59.61</t>
+    <t>1:11.09</t>
+  </si>
+  <si>
+    <t>1:06.02</t>
   </si>
   <si>
     <t>Алексей Бережнов</t>
   </si>
   <si>
     <t>1:20.73</t>
   </si>
   <si>
     <t>1:09.13</t>
   </si>
   <si>
     <t>Альберт Хайров</t>
   </si>
   <si>
     <t>1:43.80</t>
   </si>
   <si>
     <t>Полина Хворостухина</t>
   </si>
   <si>
     <t>2:12.84</t>
   </si>
   <si>
     <t>Виталий Котенко</t>
   </si>