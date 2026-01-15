--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,432 +17,432 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>11.71</t>
   </si>
   <si>
     <t>9.04</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>16.09</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Petr Bukharov</t>
+    <t>Петр Бухаров</t>
   </si>
   <si>
     <t>17.90</t>
   </si>
   <si>
     <t>15.22</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>19.17</t>
   </si>
   <si>
     <t>10.56</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
+    <t>Ян Горев</t>
   </si>
   <si>
     <t>19.22</t>
   </si>
   <si>
     <t>13.74</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>19.55</t>
   </si>
   <si>
     <t>15.00</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>19.81</t>
   </si>
   <si>
     <t>15.25</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
-[...8 lines deleted...]
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>20.66</t>
   </si>
   <si>
     <t>16.16</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>22.09</t>
   </si>
   <si>
     <t>17.28</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>22.47</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>23.15</t>
   </si>
   <si>
     <t>14.55</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>23.80</t>
   </si>
   <si>
     <t>19.24</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>21.17</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Ilʹya Zelenin</t>
+    <t>Илья Зеленин</t>
   </si>
   <si>
     <t>28.25</t>
   </si>
   <si>
     <t>24.30</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>30.15</t>
   </si>
   <si>
     <t>24.71</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>30.47</t>
   </si>
   <si>
     <t>26.09</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>32.54</t>
   </si>
   <si>
     <t>24.83</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>31.93</t>
   </si>
   <si>
-    <t>Nikita Yanucovich</t>
+    <t>Никита Янукович</t>
   </si>
   <si>
     <t>37.28</t>
   </si>
   <si>
     <t>31.64</t>
   </si>
   <si>
-    <t>Varvara Andreyeva</t>
+    <t>Варвара Андреева</t>
   </si>
   <si>
     <t>37.31</t>
   </si>
   <si>
     <t>32.22</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>37.59</t>
   </si>
   <si>
     <t>28.37</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>38.52</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>51.53</t>
   </si>
   <si>
     <t>39.74</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>43.61</t>
   </si>
   <si>
-    <t>Matvey Virekhovskiy</t>
+    <t>Матвей Виреховский</t>
   </si>
   <si>
     <t>1:25.05</t>
   </si>
   <si>
-    <t>David Melikyan</t>
+    <t>Давид Меликян</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>