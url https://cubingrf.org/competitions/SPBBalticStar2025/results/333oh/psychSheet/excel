--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,437 +12,440 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>10.75</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Dmitry Gundin</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
-[...26 lines deleted...]
-    <t>Никита Попков</t>
+    <t>Pavel Galaktionov</t>
+  </si>
+  <si>
+    <t>13.48</t>
+  </si>
+  <si>
+    <t>9.64</t>
+  </si>
+  <si>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...11 lines deleted...]
-    <t>Дмитрий Нагирняк</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Петр Бухаров</t>
+    <t>Petr Bukharov</t>
   </si>
   <si>
     <t>17.90</t>
   </si>
   <si>
     <t>15.22</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Дмитрий Сауков</t>
+    <t>Vadim Sukharev</t>
+  </si>
+  <si>
+    <t>18.79</t>
+  </si>
+  <si>
+    <t>14.64</t>
+  </si>
+  <si>
+    <t>Dmitrii Saukov</t>
   </si>
   <si>
     <t>19.17</t>
   </si>
   <si>
-    <t>10.56</t>
-[...2 lines deleted...]
-    <t>Ян Горев</t>
+    <t>16.06</t>
+  </si>
+  <si>
+    <t>Ian Gorev</t>
   </si>
   <si>
     <t>19.22</t>
   </si>
   <si>
-    <t>13.74</t>
-[...2 lines deleted...]
-    <t>Дмитрий Тупис</t>
+    <t>16.72</t>
+  </si>
+  <si>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Makar Tihonov</t>
+  </si>
+  <si>
+    <t>19.35</t>
+  </si>
+  <si>
+    <t>14.95</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>19.48</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...8 lines deleted...]
-    <t>Максим Милосердов</t>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>19.81</t>
   </si>
   <si>
-    <t>15.25</t>
-[...23 lines deleted...]
-    <t>22.09</t>
+    <t>15.07</t>
+  </si>
+  <si>
+    <t>Artur Khamzin</t>
+  </si>
+  <si>
+    <t>21.73</t>
   </si>
   <si>
     <t>17.28</t>
   </si>
   <si>
-    <t>Михаил Николаев</t>
-[...2 lines deleted...]
-    <t>22.47</t>
+    <t>Mikhail Nikolayev</t>
+  </si>
+  <si>
+    <t>22.10</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...2 lines deleted...]
-    <t>23.15</t>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>22.39</t>
   </si>
   <si>
     <t>14.55</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>23.80</t>
   </si>
   <si>
     <t>19.24</t>
   </si>
   <si>
-    <t>Иван Стрешинский</t>
+    <t>Ivan Streshinskiy</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>21.17</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
+    <t>Lev Yakimenko</t>
+  </si>
+  <si>
+    <t>26.44</t>
+  </si>
+  <si>
+    <t>22.35</t>
+  </si>
+  <si>
+    <t>Ivan Smirnov</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Илья Зеленин</t>
+    <t>Ilʹya Zelenin</t>
   </si>
   <si>
     <t>28.25</t>
   </si>
   <si>
     <t>24.30</t>
   </si>
   <si>
-    <t>Афанасий Иванов</t>
+    <t>Afanasy Ivanov</t>
   </si>
   <si>
     <t>30.15</t>
   </si>
   <si>
     <t>24.71</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...8 lines deleted...]
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>32.54</t>
   </si>
   <si>
     <t>24.83</t>
   </si>
   <si>
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>31.93</t>
   </si>
   <si>
-    <t>Никита Янукович</t>
+    <t>Varvara Andreyeva</t>
+  </si>
+  <si>
+    <t>37.04</t>
+  </si>
+  <si>
+    <t>31.10</t>
+  </si>
+  <si>
+    <t>Nikita Yanucovich</t>
   </si>
   <si>
     <t>37.28</t>
   </si>
   <si>
     <t>31.64</t>
   </si>
   <si>
-    <t>Варвара Андреева</t>
-[...8 lines deleted...]
-    <t>Тимофей Антонов</t>
+    <t>Timofey Antonov</t>
   </si>
   <si>
     <t>37.59</t>
   </si>
   <si>
     <t>28.37</t>
   </si>
   <si>
-    <t>Никита Шихалиев</t>
+    <t>Nikita Shihaliev</t>
   </si>
   <si>
     <t>38.52</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
-[...23 lines deleted...]
-    <t>Давид Меликян</t>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Matvey Virekhovskiy</t>
+  </si>
+  <si>
+    <t>55.03</t>
+  </si>
+  <si>
+    <t>44.21</t>
+  </si>
+  <si>
+    <t>David Melikyan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -767,51 +770,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C44" sqref="C44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -991,65 +994,65 @@
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
@@ -1365,58 +1368,60 @@
       <c r="D41" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>123</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D42" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>126</v>
       </c>
-      <c r="C43" s="1"/>
+      <c r="C43" s="1" t="s">
+        <v>127</v>
+      </c>
       <c r="D43" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C44" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>