--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,468 +17,468 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>27.95</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
     <t>26.58</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>34.18</t>
   </si>
   <si>
     <t>29.54</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>37.77</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>37.89</t>
   </si>
   <si>
     <t>31.79</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>37.95</t>
   </si>
   <si>
     <t>30.51</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>38.02</t>
+  </si>
+  <si>
+    <t>30.21</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
+    <t>Ян Горев</t>
   </si>
   <si>
     <t>39.03</t>
   </si>
   <si>
     <t>36.66</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
     <t>34.64</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>40.49</t>
   </si>
   <si>
     <t>31.58</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>42.87</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>44.07</t>
   </si>
   <si>
     <t>41.93</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
-[...8 lines deleted...]
-    <t>Aleksandr Cherkasov</t>
+    <t>Александр Черкасов</t>
   </si>
   <si>
     <t>46.15</t>
   </si>
   <si>
-    <t>44.30</t>
-[...2 lines deleted...]
-    <t>Aleksandra Lukianova</t>
+    <t>38.31</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Petr Bukharov</t>
+    <t>Петр Бухаров</t>
   </si>
   <si>
     <t>48.68</t>
   </si>
   <si>
     <t>41.06</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>48.83</t>
   </si>
   <si>
     <t>43.01</t>
   </si>
   <si>
-    <t>Ilʹya Zelenin</t>
+    <t>Илья Зеленин</t>
   </si>
   <si>
     <t>51.62</t>
   </si>
   <si>
     <t>44.58</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>Makar Tihonov</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>52.55</t>
   </si>
   <si>
     <t>44.60</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>55.92</t>
   </si>
   <si>
     <t>48.30</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
     <t>47.69</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>56.99</t>
   </si>
   <si>
     <t>50.89</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>57.13</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>58.54</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
-    <t>Nikita Yanucovich</t>
+    <t>Никита Янукович</t>
   </si>
   <si>
     <t>1:03.65</t>
   </si>
   <si>
     <t>59.83</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>1:05.64</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>1:07.14</t>
   </si>
   <si>
     <t>1:02.96</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
+    <t>Афанасий Иванов</t>
   </si>
   <si>
     <t>1:13.88</t>
   </si>
   <si>
     <t>1:01.68</t>
   </si>
   <si>
-    <t>Semyon Krutetskiy</t>
+    <t>Семен Крутецкий</t>
   </si>
   <si>
     <t>1:23.13</t>
   </si>
   <si>
     <t>1:08.64</t>
   </si>
   <si>
-    <t>Roman Fotiev</t>
+    <t>Роман Фотиев</t>
   </si>
   <si>
     <t>1:33.59</t>
   </si>
   <si>
     <t>1:13.69</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>1:36.15</t>
   </si>
   <si>
     <t>1:27.44</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>1:36.70</t>
   </si>
   <si>
     <t>1:18.94</t>
   </si>
   <si>
-    <t>Stepan Zverev</t>
+    <t>Степан Зверев</t>
   </si>
   <si>
     <t>1:56.38</t>
   </si>
   <si>
-    <t>Andrey Cherepanov</t>
+    <t>Андрей Черепанов</t>
   </si>
   <si>
     <t>2:05.22</t>
   </si>
   <si>
-    <t>Gevrorg Mkrtchyan</t>
-[...8 lines deleted...]
-    <t>Petr Smolianov</t>
+    <t>Геворг Мкртчян</t>
+  </si>
+  <si>
+    <t>Давид Меликян</t>
+  </si>
+  <si>
+    <t>Матвей Виреховский</t>
+  </si>
+  <si>
+    <t>Пётр Смолянов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>