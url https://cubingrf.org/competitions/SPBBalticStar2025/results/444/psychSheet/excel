--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,468 +17,468 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>27.57</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...8 lines deleted...]
-    <t>Никита Попков</t>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
-[...2 lines deleted...]
-    <t>Дмитрий Нагирняк</t>
+    <t>27.36</t>
+  </si>
+  <si>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Павел Галактионов</t>
-[...2 lines deleted...]
-    <t>34.18</t>
+    <t>Pavel Galaktionov</t>
+  </si>
+  <si>
+    <t>34.59</t>
   </si>
   <si>
     <t>29.54</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Vadim Sukharev</t>
+  </si>
+  <si>
+    <t>35.27</t>
+  </si>
+  <si>
+    <t>33.55</t>
+  </si>
+  <si>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...8 lines deleted...]
-    <t>Михаил Николаев</t>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
+  </si>
+  <si>
+    <t>37.44</t>
+  </si>
+  <si>
+    <t>30.51</t>
+  </si>
+  <si>
+    <t>Mikhail Nikolayev</t>
   </si>
   <si>
     <t>37.89</t>
   </si>
   <si>
     <t>31.79</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...17 lines deleted...]
-    <t>Николай Васильев</t>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
-    <t>Ян Горев</t>
+    <t>Ian Gorev</t>
   </si>
   <si>
     <t>39.03</t>
   </si>
   <si>
     <t>36.66</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
-    <t>34.64</t>
-[...2 lines deleted...]
-    <t>Дмитрий Сауков</t>
+    <t>32.89</t>
+  </si>
+  <si>
+    <t>Dmitrii Saukov</t>
   </si>
   <si>
     <t>40.49</t>
   </si>
   <si>
     <t>31.58</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...2 lines deleted...]
-    <t>42.87</t>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>41.90</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>43.91</t>
   </si>
   <si>
     <t>34.00</t>
   </si>
   <si>
-    <t>Максим Милосердов</t>
+    <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>44.07</t>
   </si>
   <si>
-    <t>41.93</t>
-[...2 lines deleted...]
-    <t>Александр Черкасов</t>
+    <t>38.49</t>
+  </si>
+  <si>
+    <t>Lev Yakimenko</t>
+  </si>
+  <si>
+    <t>44.30</t>
+  </si>
+  <si>
+    <t>36.82</t>
+  </si>
+  <si>
+    <t>Makar Tihonov</t>
+  </si>
+  <si>
+    <t>45.70</t>
+  </si>
+  <si>
+    <t>36.87</t>
+  </si>
+  <si>
+    <t>Aleksandr Cherkasov</t>
   </si>
   <si>
     <t>46.15</t>
   </si>
   <si>
     <t>38.31</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Петр Бухаров</t>
+    <t>Petr Bukharov</t>
   </si>
   <si>
     <t>48.68</t>
   </si>
   <si>
     <t>41.06</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
+    <t>Artur Khamzin</t>
   </si>
   <si>
     <t>48.83</t>
   </si>
   <si>
     <t>43.01</t>
   </si>
   <si>
-    <t>Илья Зеленин</t>
+    <t>Ilʹya Zelenin</t>
   </si>
   <si>
     <t>51.62</t>
   </si>
   <si>
     <t>44.58</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Ivan Smirnov</t>
+  </si>
+  <si>
+    <t>52.24</t>
+  </si>
+  <si>
+    <t>46.54</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...8 lines deleted...]
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...8 lines deleted...]
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
     <t>47.69</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
-[...11 lines deleted...]
-    <t>57.13</t>
+    <t>Philipp Radinskiy</t>
+  </si>
+  <si>
+    <t>57.40</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
-    <t>Никита Шихалиев</t>
+    <t>Nikita Shihaliev</t>
   </si>
   <si>
     <t>58.54</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
-    <t>Никита Янукович</t>
+    <t>Nikita Yanucovich</t>
   </si>
   <si>
     <t>1:03.65</t>
   </si>
   <si>
-    <t>59.83</t>
-[...5 lines deleted...]
-    <t>1:05.64</t>
+    <t>57.22</t>
+  </si>
+  <si>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
+  </si>
+  <si>
+    <t>Ivan Streshinskiy</t>
+  </si>
+  <si>
+    <t>1:07.14</t>
+  </si>
+  <si>
+    <t>1:02.96</t>
+  </si>
+  <si>
+    <t>Vyacheslav Sizov</t>
+  </si>
+  <si>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...17 lines deleted...]
-    <t>Афанасий Иванов</t>
+    <t>Afanasy Ivanov</t>
   </si>
   <si>
     <t>1:13.88</t>
   </si>
   <si>
-    <t>1:01.68</t>
-[...2 lines deleted...]
-    <t>Семен Крутецкий</t>
+    <t>59.16</t>
+  </si>
+  <si>
+    <t>Roman Fotiev</t>
+  </si>
+  <si>
+    <t>1:20.97</t>
+  </si>
+  <si>
+    <t>1:13.07</t>
+  </si>
+  <si>
+    <t>Semyon Krutetskiy</t>
   </si>
   <si>
     <t>1:23.13</t>
   </si>
   <si>
     <t>1:08.64</t>
   </si>
   <si>
-    <t>Роман Фотиев</t>
-[...17 lines deleted...]
-    <t>Тимофей Антонов</t>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
+  </si>
+  <si>
+    <t>Timofey Antonov</t>
   </si>
   <si>
     <t>1:36.70</t>
   </si>
   <si>
     <t>1:18.94</t>
   </si>
   <si>
-    <t>Степан Зверев</t>
+    <t>Stepan Zverev</t>
   </si>
   <si>
     <t>1:56.38</t>
   </si>
   <si>
-    <t>Андрей Черепанов</t>
+    <t>Andrey Cherepanov</t>
   </si>
   <si>
     <t>2:05.22</t>
   </si>
   <si>
-    <t>Геворг Мкртчян</t>
-[...8 lines deleted...]
-    <t>Пётр Смолянов</t>
+    <t>Gevrorg Mkrtchyan</t>
+  </si>
+  <si>
+    <t>David Melikyan</t>
+  </si>
+  <si>
+    <t>Matvey Virekhovskiy</t>
+  </si>
+  <si>
+    <t>Petr Smolianov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>