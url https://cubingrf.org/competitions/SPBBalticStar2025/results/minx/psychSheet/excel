--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,327 +17,327 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>46.18</t>
   </si>
   <si>
     <t>38.90</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>50.42</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1:12.28</t>
   </si>
   <si>
     <t>1:08.49</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>1:20.89</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:29.28</t>
   </si>
   <si>
     <t>1:21.40</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>1:31.29</t>
   </si>
   <si>
     <t>1:29.50</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
     <t>1:21.48</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>1:36.56</t>
   </si>
   <si>
     <t>1:29.69</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>1:39.79</t>
   </si>
   <si>
     <t>1:28.69</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:40.82</t>
   </si>
   <si>
     <t>1:24.06</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:51.20</t>
   </si>
   <si>
     <t>1:31.58</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>2:05.84</t>
   </si>
   <si>
     <t>1:39.21</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:06.44</t>
   </si>
   <si>
     <t>1:56.26</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:44.11</t>
   </si>
   <si>
     <t>2:26.87</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>3:07.00</t>
   </si>
   <si>
     <t>2:37.91</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>3:39.27</t>
   </si>
   <si>
     <t>2:44.28</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>2:17.33</t>
   </si>
   <si>
-    <t>David Melikyan</t>
-[...8 lines deleted...]
-    <t>Tamir Tscovrebov</t>
+    <t>Давид Меликян</t>
+  </si>
+  <si>
+    <t>Степан Зверев</t>
+  </si>
+  <si>
+    <t>Тамерлан Селиванов</t>
+  </si>
+  <si>
+    <t>Тамир Цховребов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>