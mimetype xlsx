--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
@@ -89,66 +89,75 @@
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>57.34</t>
   </si>
   <si>
     <t>50.12</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
+    <t>Артур Хамзин</t>
+  </si>
+  <si>
+    <t>1:03.15</t>
+  </si>
+  <si>
+    <t>54.11</t>
+  </si>
+  <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
+    <t>1:01.77</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1:12.28</t>
   </si>
   <si>
     <t>1:08.49</t>
   </si>
   <si>
     <t>Макар Тихонов</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>1:08.40</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
@@ -176,156 +185,141 @@
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:30.74</t>
   </si>
   <si>
     <t>1:21.43</t>
   </si>
   <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>1:31.29</t>
   </si>
   <si>
     <t>1:29.50</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:33.34</t>
   </si>
   <si>
-    <t>1:21.48</t>
+    <t>1:20.53</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:34.98</t>
+  </si>
+  <si>
+    <t>1:22.85</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:35.65</t>
+  </si>
+  <si>
+    <t>1:30.19</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>1:36.56</t>
   </si>
   <si>
     <t>1:29.69</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:40.82</t>
   </si>
   <si>
     <t>1:24.06</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:51.20</t>
   </si>
   <si>
     <t>1:31.58</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:06.44</t>
   </si>
   <si>
     <t>1:56.26</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...5 lines deleted...]
-    <t>2:26.87</t>
+    <t>Тимофей Антонов</t>
+  </si>
+  <si>
+    <t>2:17.33</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>2:44.28</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>3:07.00</t>
-[...17 lines deleted...]
-    <t>2:17.33</t>
+    <t>3:08.52</t>
   </si>
   <si>
     <t>Давид Меликян</t>
   </si>
   <si>
     <t>Степан Зверев</t>
   </si>
   <si>
     <t>Тамерлан Селиванов</t>
   </si>
   <si>
     <t>Тамир Цховребов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1050,104 +1044,100 @@
       <c r="D26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D27" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="C28" s="1"/>
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1"/>
+      <c r="D29" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="B31" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C31" s="1"/>
     </row>
     <row r="32" spans="1:4">
       <c r="B32" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C32" s="1"/>
     </row>
     <row r="33" spans="1:4">
       <c r="B33" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C33" s="1"/>
     </row>
     <row r="34" spans="1:4">
       <c r="B34" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C34" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>