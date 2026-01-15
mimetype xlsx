--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,573 +17,573 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
     <t>1.34</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
     <t>2.10</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>3.06</t>
+  </si>
+  <si>
+    <t>1.69</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>3.09</t>
   </si>
   <si>
     <t>1.41</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>3.11</t>
+  </si>
+  <si>
+    <t>2.31</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
-    <t>Afanasy Ivanov</t>
-[...17 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>3.71</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>4.51</t>
   </si>
   <si>
     <t>3.88</t>
   </si>
   <si>
-    <t>Pavel Galaktionov</t>
+    <t>Павел Галактионов</t>
   </si>
   <si>
     <t>4.57</t>
   </si>
   <si>
     <t>2.16</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>4.70</t>
   </si>
   <si>
     <t>3.07</t>
   </si>
   <si>
-    <t>Mikhail Nikolayev</t>
+    <t>Михаил Николаев</t>
   </si>
   <si>
     <t>4.82</t>
   </si>
   <si>
     <t>3.13</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>5.00</t>
   </si>
   <si>
     <t>2.41</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>5.45</t>
   </si>
   <si>
     <t>3.23</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>5.59</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
     <t>3.51</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>5.82</t>
   </si>
   <si>
     <t>3.74</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>4.78</t>
   </si>
   <si>
-    <t>Ilʹya Zelenin</t>
+    <t>Илья Зеленин</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>5.43</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>6.52</t>
   </si>
   <si>
     <t>4.01</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>6.57</t>
   </si>
   <si>
     <t>3.79</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>6.94</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>7.24</t>
   </si>
   <si>
     <t>4.69</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>7.57</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>7.82</t>
   </si>
   <si>
     <t>4.83</t>
   </si>
   <si>
-    <t>Nikita Yanucovich</t>
+    <t>Никита Янукович</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
-    <t>Nikita Shihaliev</t>
+    <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>8.57</t>
   </si>
   <si>
     <t>6.71</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>8.82</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>4.53</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>9.00</t>
   </si>
   <si>
     <t>5.27</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>6.31</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
-    <t>Nikita Zolin</t>
+    <t>Никита Золин</t>
   </si>
   <si>
     <t>10.11</t>
   </si>
   <si>
     <t>6.12</t>
   </si>
   <si>
-    <t>Matvey Virekhovskiy</t>
+    <t>Матвей Виреховский</t>
   </si>
   <si>
     <t>10.21</t>
   </si>
   <si>
     <t>6.96</t>
   </si>
   <si>
-    <t>Vasiliy Bagayev</t>
+    <t>Василий Багаев</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>Gevrorg Mkrtchyan</t>
+    <t>Геворг Мкртчян</t>
   </si>
   <si>
     <t>10.38</t>
   </si>
   <si>
     <t>6.97</t>
   </si>
   <si>
-    <t>Andrey Cherepanov</t>
+    <t>Андрей Черепанов</t>
   </si>
   <si>
     <t>9.03</t>
   </si>
   <si>
-    <t>David Melikyan</t>
+    <t>Давид Меликян</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
     <t>6.72</t>
   </si>
   <si>
-    <t>Alexander Kontrebutz</t>
+    <t>Александр Контребуц</t>
   </si>
   <si>
     <t>10.86</t>
   </si>
   <si>
     <t>9.35</t>
   </si>
   <si>
-    <t>Stepan Dementyev</t>
+    <t>Степан Дементьев</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
-    <t>Varvara Andreyeva</t>
+    <t>Варвара Андреева</t>
   </si>
   <si>
     <t>11.33</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
-    <t>Roman Fotiev</t>
+    <t>Роман Фотиев</t>
   </si>
   <si>
     <t>11.63</t>
   </si>
   <si>
     <t>6.56</t>
   </si>
   <si>
-    <t>Aleksandr Cherkasov</t>
+    <t>Александр Черкасов</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
     <t>5.03</t>
   </si>
   <si>
-    <t>Artemiy Savchenko</t>
+    <t>Артемий Савченко</t>
   </si>
   <si>
     <t>12.49</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
-    <t>Andrey Artëmenko</t>
+    <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>13.20</t>
   </si>
   <si>
     <t>9.32</t>
   </si>
   <si>
-    <t>Semyon Krutetskiy</t>
+    <t>Семен Крутецкий</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
     <t>8.04</t>
   </si>
   <si>
-    <t>Iaromir Novikov</t>
+    <t>Яромир Новиков</t>
   </si>
   <si>
     <t>17.33</t>
   </si>
   <si>
     <t>10.94</t>
   </si>
   <si>
-    <t>Alexander Singer</t>
+    <t>Александр Зингер</t>
   </si>
   <si>
     <t>19.91</t>
   </si>
   <si>
     <t>13.40</t>
   </si>
   <si>
-    <t>Tatyana Maksimova</t>
+    <t>Татьяна Максимова</t>
   </si>
   <si>
     <t>20.83</t>
   </si>
   <si>
     <t>13.88</t>
   </si>
   <si>
-    <t>Tamir Tscovrebov</t>
+    <t>Тамир Цховребов</t>
   </si>
   <si>
     <t>21.37</t>
   </si>
   <si>
     <t>14.99</t>
   </si>
   <si>
-    <t>Aleksandr Savchenko</t>
+    <t>Александр Савченко</t>
   </si>
   <si>
     <t>23.39</t>
   </si>
   <si>
     <t>13.69</t>
   </si>
   <si>
-    <t>Roman Maslo</t>
+    <t>Роман Масло</t>
   </si>
   <si>
     <t>24.11</t>
   </si>
   <si>
     <t>15.31</t>
   </si>
   <si>
-    <t>Petr Smolianov</t>
+    <t>Пётр Смолянов</t>
   </si>
   <si>
     <t>24.27</t>
   </si>
   <si>
     <t>8.77</t>
   </si>
   <si>
-    <t>Anatoliy Oreshkov</t>
+    <t>Анатолий Орешков</t>
   </si>
   <si>
     <t>27.64</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
-    <t>Tamerlan Selivanov</t>
+    <t>Тамерлан Селиванов</t>
   </si>
   <si>
     <t>30.96</t>
   </si>
   <si>
     <t>24.76</t>
   </si>
   <si>
-    <t>Alexander Volkov</t>
+    <t>Александр Волков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -908,51 +908,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C60" sqref="C60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>