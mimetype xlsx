--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -50,342 +50,351 @@
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
     <t>1.34</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>2.10</t>
+    <t>2.09</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>3.09</t>
+  </si>
+  <si>
+    <t>1.41</t>
+  </si>
+  <si>
+    <t>Афанасий Иванов</t>
+  </si>
+  <si>
+    <t>3.11</t>
+  </si>
+  <si>
+    <t>2.31</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
+  </si>
+  <si>
+    <t>3.14</t>
+  </si>
+  <si>
+    <t>2.13</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>3.47</t>
+  </si>
+  <si>
+    <t>2.27</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
+  </si>
+  <si>
+    <t>3.71</t>
+  </si>
+  <si>
+    <t>2.30</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.06</t>
-[...47 lines deleted...]
-    <t>2.30</t>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>2.17</t>
   </si>
   <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>4.51</t>
   </si>
   <si>
-    <t>3.88</t>
+    <t>3.31</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>4.70</t>
+  </si>
+  <si>
+    <t>3.07</t>
+  </si>
+  <si>
+    <t>Михаил Николаев</t>
+  </si>
+  <si>
+    <t>4.71</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>Филипп Радинский</t>
+  </si>
+  <si>
+    <t>5.00</t>
+  </si>
+  <si>
+    <t>2.41</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>5.21</t>
+  </si>
+  <si>
+    <t>3.02</t>
+  </si>
+  <si>
+    <t>Артур Хамзин</t>
+  </si>
+  <si>
+    <t>5.40</t>
+  </si>
+  <si>
+    <t>3.19</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>5.45</t>
+  </si>
+  <si>
+    <t>3.23</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>5.59</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>5.71</t>
+  </si>
+  <si>
+    <t>3.51</t>
+  </si>
+  <si>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>5.82</t>
+  </si>
+  <si>
+    <t>3.74</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>6.26</t>
+  </si>
+  <si>
+    <t>4.24</t>
   </si>
   <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
-    <t>4.57</t>
-[...89 lines deleted...]
-    <t>4.78</t>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>3.12</t>
   </si>
   <si>
     <t>Илья Зеленин</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>5.43</t>
   </si>
   <si>
     <t>Лев Якименко</t>
   </si>
   <si>
     <t>6.52</t>
   </si>
   <si>
     <t>4.01</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>6.57</t>
   </si>
   <si>
     <t>3.79</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>6.94</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>7.24</t>
   </si>
   <si>
     <t>4.69</t>
   </si>
   <si>
+    <t>Никита Золин</t>
+  </si>
+  <si>
+    <t>7.49</t>
+  </si>
+  <si>
+    <t>4.25</t>
+  </si>
+  <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>7.57</t>
   </si>
   <si>
     <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>7.82</t>
   </si>
   <si>
     <t>4.83</t>
   </si>
   <si>
     <t>Никита Янукович</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>Никита Шихалиев</t>
   </si>
   <si>
     <t>8.57</t>
   </si>
   <si>
     <t>6.71</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>8.82</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>9.00</t>
+  </si>
+  <si>
+    <t>5.27</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>9.14</t>
+  </si>
+  <si>
+    <t>6.31</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>9.21</t>
+  </si>
+  <si>
+    <t>6.18</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>8.90</t>
-[...38 lines deleted...]
-    <t>6.12</t>
+    <t>9.64</t>
+  </si>
+  <si>
+    <t>6.03</t>
+  </si>
+  <si>
+    <t>Степан Дементьев</t>
+  </si>
+  <si>
+    <t>9.88</t>
+  </si>
+  <si>
+    <t>6.88</t>
   </si>
   <si>
     <t>Матвей Виреховский</t>
   </si>
   <si>
     <t>10.21</t>
   </si>
   <si>
     <t>6.96</t>
   </si>
   <si>
     <t>Василий Багаев</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
     <t>Геворг Мкртчян</t>
   </si>
   <si>
     <t>10.38</t>
   </si>
@@ -395,183 +404,174 @@
   <si>
     <t>Андрей Черепанов</t>
   </si>
   <si>
     <t>9.03</t>
   </si>
   <si>
     <t>Давид Меликян</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
     <t>6.72</t>
   </si>
   <si>
     <t>Александр Контребуц</t>
   </si>
   <si>
     <t>10.86</t>
   </si>
   <si>
     <t>9.35</t>
   </si>
   <si>
-    <t>Степан Дементьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Варвара Андреева</t>
   </si>
   <si>
     <t>11.33</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>Роман Фотиев</t>
   </si>
   <si>
     <t>11.63</t>
   </si>
   <si>
     <t>6.56</t>
   </si>
   <si>
     <t>Александр Черкасов</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
     <t>5.03</t>
   </si>
   <si>
     <t>Артемий Савченко</t>
   </si>
   <si>
     <t>12.49</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
     <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>13.20</t>
   </si>
   <si>
     <t>9.32</t>
   </si>
   <si>
+    <t>Яромир Новиков</t>
+  </si>
+  <si>
+    <t>17.33</t>
+  </si>
+  <si>
+    <t>10.94</t>
+  </si>
+  <si>
+    <t>Александр Зингер</t>
+  </si>
+  <si>
+    <t>19.91</t>
+  </si>
+  <si>
+    <t>13.40</t>
+  </si>
+  <si>
+    <t>Татьяна Максимова</t>
+  </si>
+  <si>
+    <t>19.99</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>Тамир Цховребов</t>
+  </si>
+  <si>
+    <t>21.37</t>
+  </si>
+  <si>
+    <t>14.99</t>
+  </si>
+  <si>
+    <t>Александр Савченко</t>
+  </si>
+  <si>
+    <t>23.39</t>
+  </si>
+  <si>
+    <t>13.69</t>
+  </si>
+  <si>
+    <t>Анатолий Орешков</t>
+  </si>
+  <si>
+    <t>23.65</t>
+  </si>
+  <si>
+    <t>15.84</t>
+  </si>
+  <si>
+    <t>Роман Масло</t>
+  </si>
+  <si>
+    <t>24.11</t>
+  </si>
+  <si>
+    <t>15.31</t>
+  </si>
+  <si>
+    <t>Пётр Смолянов</t>
+  </si>
+  <si>
+    <t>24.27</t>
+  </si>
+  <si>
+    <t>8.77</t>
+  </si>
+  <si>
     <t>Семен Крутецкий</t>
   </si>
   <si>
-    <t>15.44</t>
-[...74 lines deleted...]
-    <t>15.88</t>
+    <t>25.66</t>
+  </si>
+  <si>
+    <t>13.61</t>
   </si>
   <si>
     <t>Тамерлан Селиванов</t>
   </si>
   <si>
     <t>30.96</t>
   </si>
   <si>
     <t>24.76</t>
   </si>
   <si>
     <t>Александр Волков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1160,65 +1160,65 @@
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
@@ -1300,65 +1300,65 @@
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D30" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>89</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>90</v>
@@ -1479,65 +1479,65 @@
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D40" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D42" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>124</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D43" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>127</v>