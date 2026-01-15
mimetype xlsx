--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,306 +17,306 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.69</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
-    <t>Makar Tihonov</t>
+    <t>Макар Тихонов</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
-    <t>9.83</t>
-[...2 lines deleted...]
-    <t>Artur Khamzin</t>
+    <t>9.49</t>
+  </si>
+  <si>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>14.61</t>
   </si>
   <si>
     <t>10.92</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
+    <t>Лев Якименко</t>
   </si>
   <si>
     <t>17.76</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
-    <t>Maksim Miloserdov</t>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>20.39</t>
+  </si>
+  <si>
+    <t>11.70</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>21.97</t>
+  </si>
+  <si>
+    <t>15.81</t>
+  </si>
+  <si>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
     <t>14.47</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>22.60</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...8 lines deleted...]
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
-[...8 lines deleted...]
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>28.30</t>
   </si>
   <si>
     <t>21.71</t>
   </si>
   <si>
-    <t>Timofey Antonov</t>
+    <t>Тимофей Антонов</t>
   </si>
   <si>
     <t>37.71</t>
   </si>
   <si>
     <t>30.09</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>42.41</t>
   </si>
   <si>
     <t>34.45</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>43.21</t>
   </si>
   <si>
     <t>26.33</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>46.60</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>48.47</t>
   </si>
   <si>
     <t>28.93</t>
   </si>
   <si>
-    <t>Tamir Tscovrebov</t>
+    <t>Тамир Цховребов</t>
   </si>
   <si>
     <t>56.53</t>
   </si>
   <si>
     <t>53.11</t>
   </si>
   <si>
-    <t>Nikita Yanucovich</t>
+    <t>Никита Янукович</t>
   </si>
   <si>
     <t>1:08.15</t>
   </si>
   <si>
     <t>45.31</t>
   </si>
   <si>
-    <t>Andrey Cherepanov</t>
+    <t>Андрей Черепанов</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>1:07.31</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
+    <t>Ян Горев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>