--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,311 +12,308 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...17 lines deleted...]
-    <t>Никита Попков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>6.55</t>
+  </si>
+  <si>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
-[...2 lines deleted...]
-    <t>Анастасия Майкова</t>
+    <t>6.81</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>10.69</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
+    <t>Makar Tihonov</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
+    <t>Artur Khamzin</t>
   </si>
   <si>
     <t>14.61</t>
   </si>
   <si>
     <t>10.92</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
-[...8 lines deleted...]
-    <t>Лев Якименко</t>
+    <t>Lev Yakimenko</t>
   </si>
   <si>
     <t>17.76</t>
   </si>
   <si>
-    <t>14.65</t>
-[...2 lines deleted...]
-    <t>Михаил Игнатьев</t>
+    <t>14.47</t>
+  </si>
+  <si>
+    <t>Vyacheslav Sizov</t>
+  </si>
+  <si>
+    <t>17.89</t>
+  </si>
+  <si>
+    <t>15.45</t>
+  </si>
+  <si>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>20.39</t>
   </si>
   <si>
     <t>11.70</t>
   </si>
   <si>
-    <t>Максим Милосердов</t>
+    <t>Vadim Sukharev</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>Maksim Miloserdov</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>17.21</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
-[...11 lines deleted...]
-    <t>Николай Одегов</t>
+    <t>14.46</t>
+  </si>
+  <si>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>22.60</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>28.30</t>
   </si>
   <si>
     <t>21.71</t>
   </si>
   <si>
-    <t>Тимофей Антонов</t>
+    <t>Timofey Antonov</t>
   </si>
   <si>
     <t>37.71</t>
   </si>
   <si>
     <t>30.09</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>42.41</t>
   </si>
   <si>
     <t>34.45</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
+    <t>Diana Murnik</t>
   </si>
   <si>
     <t>43.21</t>
   </si>
   <si>
     <t>26.33</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...2 lines deleted...]
-    <t>46.60</t>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>44.29</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
+    <t>Ivan Smirnov</t>
   </si>
   <si>
     <t>48.47</t>
   </si>
   <si>
     <t>28.93</t>
   </si>
   <si>
-    <t>Тамир Цховребов</t>
+    <t>Tamir Tscovrebov</t>
   </si>
   <si>
     <t>56.53</t>
   </si>
   <si>
     <t>53.11</t>
   </si>
   <si>
-    <t>Никита Янукович</t>
+    <t>Nikita Yanucovich</t>
   </si>
   <si>
     <t>1:08.15</t>
   </si>
   <si>
     <t>45.31</t>
   </si>
   <si>
-    <t>Андрей Черепанов</t>
+    <t>Andrey Cherepanov</t>
   </si>
   <si>
     <t>44.89</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>1:07.31</t>
   </si>
   <si>
-    <t>Ян Горев</t>
+    <t>Ian Gorev</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -823,276 +820,276 @@
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="B30" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C30" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>