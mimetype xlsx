--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,306 +29,306 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>29.37</t>
+    <t>27.77</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
+    <t>27.36</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>33.07</t>
   </si>
   <si>
     <t>25.55</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>33.52</t>
   </si>
   <si>
     <t>29.38</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
-    <t>34.86</t>
+    <t>34.39</t>
   </si>
   <si>
     <t>29.08</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
-    <t>37.95</t>
+    <t>37.44</t>
   </si>
   <si>
     <t>30.51</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
-    <t>34.64</t>
+    <t>32.89</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>43.91</t>
   </si>
   <si>
     <t>34.00</t>
   </si>
   <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>44.30</t>
+  </si>
+  <si>
+    <t>36.82</t>
+  </si>
+  <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>45.70</t>
+  </si>
+  <si>
+    <t>36.87</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>46.04</t>
+  </si>
+  <si>
+    <t>39.41</t>
+  </si>
+  <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
-[...7 lines deleted...]
-  <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>52.24</t>
+  </si>
+  <si>
+    <t>46.54</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Хренов</t>
   </si>
   <si>
     <t>52.57</t>
   </si>
   <si>
     <t>44.38</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>53.84</t>
   </si>
   <si>
     <t>43.89</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
-[...5 lines deleted...]
-    <t>50.89</t>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>59.44</t>
+  </si>
+  <si>
+    <t>47.73</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>1:00.40</t>
   </si>
   <si>
     <t>49.91</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...5 lines deleted...]
-    <t>56.27</t>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>1:05.64</t>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...7 lines deleted...]
-  <si>
     <t>Илья Крутов</t>
   </si>
   <si>
     <t>1:15.00</t>
   </si>
   <si>
     <t>1:06.22</t>
   </si>
   <si>
     <t>Никита Кузнецов</t>
   </si>
   <si>
     <t>1:21.72</t>
   </si>
   <si>
     <t>1:09.65</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>1:36.15</t>
-[...2 lines deleted...]
-    <t>1:27.44</t>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>1:35.25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>