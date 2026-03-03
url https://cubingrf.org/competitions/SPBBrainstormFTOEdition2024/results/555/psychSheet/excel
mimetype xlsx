--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -17,291 +17,291 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Славомил Волосков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Никита Попков</t>
-[...8 lines deleted...]
-    <t>Максим Аммосов</t>
+    <t>Nikita Popkov</t>
+  </si>
+  <si>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
+  </si>
+  <si>
+    <t>Maksim Ammosov</t>
   </si>
   <si>
     <t>1:01.02</t>
   </si>
   <si>
     <t>57.67</t>
   </si>
   <si>
-    <t>Вячеслав Кочергин</t>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>1:03.11</t>
   </si>
   <si>
     <t>55.26</t>
   </si>
   <si>
-    <t>Лев Маслов</t>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
-[...5 lines deleted...]
-    <t>1:12.13</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Georgii Isanov</t>
+  </si>
+  <si>
+    <t>1:09.78</t>
   </si>
   <si>
     <t>1:03.35</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...2 lines deleted...]
-    <t>1:18.31</t>
+    <t>Dmitriy Tupis</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
   </si>
   <si>
     <t>1:08.33</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...2 lines deleted...]
-    <t>1:30.99</t>
+    <t>Lev Yakimenko</t>
+  </si>
+  <si>
+    <t>1:29.46</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>1:36.89</t>
   </si>
   <si>
     <t>1:20.68</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
-    <t>Дмитрий Дунаев</t>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>1:48.63</t>
   </si>
   <si>
     <t>1:37.84</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>1:53.03</t>
+  </si>
+  <si>
+    <t>1:41.64</t>
+  </si>
+  <si>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...8 lines deleted...]
-    <t>Иван Смирнов</t>
+    <t>Ivan Smirnov</t>
   </si>
   <si>
     <t>1:57.53</t>
   </si>
   <si>
     <t>1:42.19</t>
   </si>
   <si>
-    <t>Лев Якименко</t>
-[...8 lines deleted...]
-    <t>Вячеслав Сизов</t>
+    <t>Kseniya Varfolomeeva</t>
+  </si>
+  <si>
+    <t>2:14.27</t>
+  </si>
+  <si>
+    <t>1:48.57</t>
+  </si>
+  <si>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...8 lines deleted...]
-    <t>Илья Крутов</t>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
+  </si>
+  <si>
+    <t>Ilia Krutov</t>
   </si>
   <si>
     <t>2:44.40</t>
   </si>
   <si>
     <t>2:20.50</t>
   </si>
   <si>
-    <t>Пётр Шипицин</t>
+    <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>2:49.68</t>
   </si>
   <si>
     <t>2:21.80</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
-[...8 lines deleted...]
-    <t>Артемий Стукарчук</t>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>3:15.18</t>
   </si>
   <si>
     <t>2:19.92</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Никита Кузнецов</t>
+    <t>Nikita Kuznetsov</t>
   </si>
   <si>
     <t>3:27.91</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>