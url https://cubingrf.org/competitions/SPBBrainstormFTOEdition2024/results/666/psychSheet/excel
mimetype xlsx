--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,180 +29,180 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>1:40.96</t>
-[...2 lines deleted...]
-    <t>1:30.25</t>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>1:52.54</t>
-[...2 lines deleted...]
-    <t>1:44.32</t>
+    <t>1:51.48</t>
+  </si>
+  <si>
+    <t>1:40.60</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:53.25</t>
+  </si>
+  <si>
+    <t>1:43.19</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
-[...7 lines deleted...]
-  <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
     <t>2:01.34</t>
   </si>
   <si>
-    <t>1:59.88</t>
+    <t>1:57.38</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
     <t>1:59.19</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>2:15.45</t>
   </si>
   <si>
     <t>2:00.70</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>2:29.30</t>
   </si>
   <si>
     <t>2:15.36</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>2:47.98</t>
-[...2 lines deleted...]
-    <t>2:39.72</t>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>2:57.13</t>
+  </si>
+  <si>
+    <t>2:56.37</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>3:36.14</t>
   </si>
   <si>
     <t>3:24.13</t>
   </si>
   <si>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>3:49.40</t>
+  </si>
+  <si>
+    <t>3:38.03</t>
+  </si>
+  <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4:15.92</t>
   </si>
   <si>
     <t>3:48.79</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
-[...7 lines deleted...]
-  <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>4:44.35</t>
   </si>
   <si>
     <t>4:35.04</t>
-  </si>
-[...7 lines deleted...]
-    <t>5:02.23</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>5:16.92</t>
   </si>
   <si>
     <t>5:04.25</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>5:39.58</t>
   </si>
   <si>
     <t>5:30.13</t>
   </si>
   <si>
     <t>Илья Крутов</t>
   </si>
   <si>
     <t>5:57.91</t>
   </si>