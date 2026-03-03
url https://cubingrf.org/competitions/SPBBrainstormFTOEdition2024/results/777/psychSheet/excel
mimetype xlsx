--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -32,195 +32,195 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>2:24.68</t>
   </si>
   <si>
-    <t>2:18.94</t>
+    <t>2:16.59</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>2:36.80</t>
+  </si>
+  <si>
+    <t>2:25.69</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>2:37.48</t>
   </si>
   <si>
     <t>2:31.49</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>2:46.53</t>
   </si>
   <si>
     <t>2:28.79</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
-[...7 lines deleted...]
-  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>2:55.00</t>
   </si>
   <si>
-    <t>2:46.59</t>
+    <t>2:45.19</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>3:01.12</t>
+  </si>
+  <si>
+    <t>2:49.93</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>3:08.00</t>
   </si>
   <si>
     <t>3:00.95</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
-    <t>3:21.78</t>
+    <t>3:12.75</t>
   </si>
   <si>
     <t>2:54.90</t>
   </si>
   <si>
-    <t>Максим Аммосов</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>3:40.18</t>
   </si>
   <si>
     <t>3:32.18</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>4:13.42</t>
-[...2 lines deleted...]
-    <t>4:04.32</t>
+    <t>4:18.15</t>
+  </si>
+  <si>
+    <t>4:07.24</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>5:30.66</t>
   </si>
   <si>
     <t>5:05.46</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>5:45.66</t>
   </si>
   <si>
     <t>5:15.87</t>
   </si>
   <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>6:48.99</t>
+  </si>
+  <si>
+    <t>6:03.75</t>
+  </si>
+  <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>6:53.05</t>
   </si>
   <si>
-    <t>6:41.23</t>
+    <t>6:22.07</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>7:19.82</t>
   </si>
   <si>
     <t>6:47.67</t>
   </si>
   <si>
     <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>7:52.12</t>
   </si>
   <si>
     <t>7:16.54</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...7 lines deleted...]
-  <si>
     <t>Диана Мурник</t>
   </si>
   <si>
     <t>8:53.47</t>
   </si>
   <si>
-    <t>8:12.25</t>
+    <t>7:56.63</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>9:18.44</t>
   </si>
   <si>
     <t>8:21.29</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>8:50.14</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>Илья Крутов</t>
   </si>
   <si>
     <t>Никита Кузнецов</t>
   </si>