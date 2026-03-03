--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -17,255 +17,255 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Никита Попков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
-[...2 lines deleted...]
-    <t>Анастасия Майкова</t>
+    <t>6.81</t>
+  </si>
+  <si>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>10.69</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
+    <t>Makar Tihonov</t>
   </si>
   <si>
     <t>12.12</t>
   </si>
   <si>
     <t>9.15</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
-    <t>Вячеслав Кочергин</t>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>12.30</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
-[...8 lines deleted...]
-    <t>Лев Якименко</t>
+    <t>Lev Yakimenko</t>
   </si>
   <si>
     <t>17.76</t>
   </si>
   <si>
-    <t>14.65</t>
-[...11 lines deleted...]
-    <t>Дмитрий Тупис</t>
+    <t>14.47</t>
+  </si>
+  <si>
+    <t>Vyacheslav Sizov</t>
+  </si>
+  <si>
+    <t>17.89</t>
+  </si>
+  <si>
+    <t>15.45</t>
+  </si>
+  <si>
+    <t>Mikhail Ignatʹyev</t>
+  </si>
+  <si>
+    <t>20.39</t>
+  </si>
+  <si>
+    <t>11.70</t>
+  </si>
+  <si>
+    <t>Maksim Ammosov</t>
+  </si>
+  <si>
+    <t>21.24</t>
+  </si>
+  <si>
+    <t>16.81</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>21.97</t>
+  </si>
+  <si>
+    <t>14.46</t>
+  </si>
+  <si>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
-    <t>16.81</t>
-[...17 lines deleted...]
-    <t>Дмитрий Дунаев</t>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>33.24</t>
   </si>
   <si>
     <t>27.25</t>
   </si>
   <si>
-    <t>Артемий Стукарчук</t>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>34.90</t>
   </si>
   <si>
-    <t>30.89</t>
-[...2 lines deleted...]
-    <t>Пётр Шипицин</t>
+    <t>29.32</t>
+  </si>
+  <si>
+    <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>41.37</t>
   </si>
   <si>
     <t>30.93</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
+    <t>Diana Murnik</t>
   </si>
   <si>
     <t>43.21</t>
   </si>
   <si>
     <t>26.33</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>44.29</t>
+  </si>
+  <si>
+    <t>23.66</t>
+  </si>
+  <si>
+    <t>Kseniya Varfolomeeva</t>
   </si>
   <si>
     <t>44.61</t>
   </si>
   <si>
     <t>31.61</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...8 lines deleted...]
-    <t>Иван Смирнов</t>
+    <t>Ivan Smirnov</t>
   </si>
   <si>
     <t>48.47</t>
   </si>
   <si>
     <t>28.93</t>
   </si>
   <si>
-    <t>Никита Кузнецов</t>
+    <t>Nikita Kuznetsov</t>
   </si>
   <si>
     <t>52.67</t>
   </si>
   <si>
     <t>24.99</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>1:06.75</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -596,51 +596,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C24" sqref="C24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -792,65 +792,65 @@
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>49</v>