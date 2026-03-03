--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -17,159 +17,159 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>21.69</t>
   </si>
   <si>
-    <t>19.34</t>
-[...2 lines deleted...]
-    <t>Nikolay Podobayev</t>
+    <t>16.34</t>
+  </si>
+  <si>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>37.54</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
-[...2 lines deleted...]
-    <t>1:57.94</t>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>2:35.11</t>
   </si>
   <si>
     <t>59.01</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>1:43.02</t>
+  </si>
+  <si>
+    <t>1:10.34</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:15.41</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...2 lines deleted...]
-    <t>6:28.26</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:26.86</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
-[...8 lines deleted...]
-    <t>Dmitriy Tupis</t>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>2:18.32</t>
+  </si>
+  <si>
+    <t>1:43.18</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:46.29</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:25.57</t>
   </si>
   <si>
     <t>1:48.72</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
-[...11 lines deleted...]
-    <t>Diana Murnik</t>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>2:24.59</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>5:12.38</t>
   </si>
   <si>
     <t>3:34.92</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>5:16.39</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
-[...5 lines deleted...]
-    <t>Ian Gorev</t>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>Егор Владимиров</t>
+  </si>
+  <si>
+    <t>Ян Горев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -561,115 +561,115 @@
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>