--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -38,90 +38,90 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
     <t>Anatolii Turenko</t>
   </si>
   <si>
-    <t>54.98</t>
-[...2 lines deleted...]
-    <t>46.39</t>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
   </si>
   <si>
     <t>Nikita Popkov</t>
   </si>
   <si>
     <t>58.84</t>
   </si>
   <si>
     <t>53.58</t>
   </si>
   <si>
     <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>1:03.11</t>
   </si>
   <si>
     <t>55.26</t>
   </si>
   <si>
     <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
     <t>Georgii Isanov</t>
   </si>
   <si>
     <t>1:12.13</t>
   </si>
   <si>
-    <t>1:03.60</t>
+    <t>1:03.35</t>
   </si>
   <si>
     <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>1:12.60</t>
   </si>
   <si>
     <t>1:07.88</t>
   </si>
   <si>
     <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>1:18.31</t>
   </si>
   <si>
     <t>1:08.33</t>
   </si>
   <si>
     <t>Ian Gorev</t>
   </si>
   <si>
     <t>1:24.80</t>
   </si>