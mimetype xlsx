--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,288 +17,288 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...2 lines deleted...]
-    <t>54.02</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
   </si>
   <si>
     <t>46.09</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
-[...8 lines deleted...]
-    <t>Vyacheslav Kochergin</t>
+    <t>Никита Попков</t>
+  </si>
+  <si>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
+  </si>
+  <si>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>1:03.11</t>
   </si>
   <si>
     <t>55.26</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:09.78</t>
+  </si>
+  <si>
+    <t>1:03.35</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>1:10.43</t>
+  </si>
+  <si>
+    <t>1:07.88</t>
+  </si>
+  <si>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
-[...20 lines deleted...]
-    <t>1:18.31</t>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
   </si>
   <si>
     <t>1:08.33</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
-[...8 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>Ян Горев</t>
+  </si>
+  <si>
+    <t>1:21.13</t>
+  </si>
+  <si>
+    <t>1:09.37</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...2 lines deleted...]
-    <t>1:30.99</t>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:29.46</t>
+  </si>
+  <si>
+    <t>1:10.33</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>1:47.07</t>
   </si>
   <si>
     <t>1:39.95</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>1:48.63</t>
   </si>
   <si>
     <t>1:37.84</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>1:53.03</t>
+  </si>
+  <si>
+    <t>1:41.64</t>
+  </si>
+  <si>
+    <t>Максим Милосердов</t>
+  </si>
+  <si>
+    <t>1:55.09</t>
+  </si>
+  <si>
+    <t>1:41.92</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
-[...17 lines deleted...]
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:57.53</t>
   </si>
   <si>
     <t>1:42.19</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...2 lines deleted...]
-    <t>2:11.42</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
-[...8 lines deleted...]
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:13.45</t>
   </si>
   <si>
     <t>2:02.20</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>2:14.27</t>
+  </si>
+  <si>
+    <t>1:48.57</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
-[...8 lines deleted...]
-    <t>Grigoriy Freydin</t>
+    <t>Григорий Фрейдин</t>
   </si>
   <si>
     <t>2:25.01</t>
   </si>
   <si>
     <t>2:02.34</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
-[...8 lines deleted...]
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Karina Gerasimova</t>
+    <t>Карина Герасимова</t>
   </si>
   <si>
     <t>4:17.28</t>
   </si>
   <si>
-    <t>Egor Vladimirov</t>
+    <t>Егор Владимиров</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>