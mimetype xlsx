--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -38,63 +38,63 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>1:40.96</t>
   </si>
   <si>
     <t>1:30.25</t>
   </si>
   <si>
     <t>Anatolii Turenko</t>
   </si>
   <si>
-    <t>1:53.62</t>
-[...2 lines deleted...]
-    <t>1:50.41</t>
+    <t>1:53.20</t>
+  </si>
+  <si>
+    <t>1:47.25</t>
   </si>
   <si>
     <t>Georgii Isanov</t>
   </si>
   <si>
     <t>1:57.67</t>
   </si>
   <si>
-    <t>1:54.04</t>
+    <t>1:51.83</t>
   </si>
   <si>
     <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
     <t>1:59.19</t>
   </si>
   <si>
     <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>2:21.79</t>
   </si>
   <si>
     <t>2:15.98</t>
   </si>
   <si>
     <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>2:29.30</t>
   </si>