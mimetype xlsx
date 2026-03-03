--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,234 +17,234 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>1:32.99</t>
+  </si>
+  <si>
+    <t>1:27.13</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:53.20</t>
   </si>
   <si>
     <t>1:47.25</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
-[...8 lines deleted...]
-    <t>Vyacheslav Kochergin</t>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:53.25</t>
+  </si>
+  <si>
+    <t>1:43.19</t>
+  </si>
+  <si>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2:09.92</t>
   </si>
   <si>
     <t>1:59.19</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>2:21.79</t>
   </si>
   <si>
     <t>2:15.98</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>2:29.30</t>
   </si>
   <si>
     <t>2:15.36</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>2:30.58</t>
   </si>
   <si>
     <t>2:23.08</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...8 lines deleted...]
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>3:48.62</t>
   </si>
   <si>
     <t>3:26.90</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>3:49.40</t>
+  </si>
+  <si>
+    <t>3:38.03</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4:15.92</t>
   </si>
   <si>
     <t>3:48.79</t>
   </si>
   <si>
-    <t>Ivan Smirnov</t>
-[...8 lines deleted...]
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>4:34.78</t>
   </si>
   <si>
     <t>4:15.89</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
+    <t>Ксения Варфоломеева</t>
   </si>
   <si>
     <t>4:38.11</t>
   </si>
   <si>
     <t>4:15.97</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>4:46.91</t>
   </si>
   <si>
     <t>4:25.95</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>5:08.08</t>
   </si>
   <si>
     <t>4:50.67</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>5:16.92</t>
   </si>
   <si>
     <t>5:04.25</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5:19.86</t>
   </si>
   <si>
     <t>4:43.12</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>5:39.58</t>
   </si>
   <si>
     <t>5:30.13</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
-[...2 lines deleted...]
-    <t>Ian Gorev</t>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>Ян Горев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -567,51 +567,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>