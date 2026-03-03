--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -12,305 +12,290 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>35.28</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>50.42</t>
   </si>
   <si>
     <t>46.62</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>51.72</t>
   </si>
   <si>
     <t>45.54</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
-[...2 lines deleted...]
-    <t>Nikolay Podobayev</t>
+    <t>1:01.77</t>
+  </si>
+  <si>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:16.31</t>
   </si>
   <si>
     <t>1:07.56</t>
   </si>
   <si>
-    <t>Liubov Abashkina</t>
+    <t>Любовь Абашкина</t>
   </si>
   <si>
     <t>1:25.70</t>
   </si>
   <si>
     <t>1:05.42</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Georgii Isanov</t>
+    <t>Лев Якименко</t>
+  </si>
+  <si>
+    <t>1:34.98</t>
+  </si>
+  <si>
+    <t>1:22.85</t>
+  </si>
+  <si>
+    <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:38.28</t>
   </si>
   <si>
     <t>1:27.10</t>
   </si>
   <si>
-    <t>Lev Yakimenko</t>
-[...8 lines deleted...]
-    <t>Maksim Miloserdov</t>
+    <t>Максим Милосердов</t>
   </si>
   <si>
     <t>1:40.82</t>
   </si>
   <si>
     <t>1:24.06</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>1:42.76</t>
+  </si>
+  <si>
+    <t>1:29.44</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Kseniya Varfolomeeva</t>
-[...8 lines deleted...]
-    <t>Ivan Smirnov</t>
+    <t>Иван Смирнов</t>
   </si>
   <si>
     <t>1:51.20</t>
   </si>
   <si>
     <t>1:31.58</t>
   </si>
   <si>
-    <t>Ian Gorev</t>
-[...8 lines deleted...]
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:06.44</t>
   </si>
   <si>
     <t>1:56.26</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>2:20.71</t>
   </si>
   <si>
     <t>2:04.02</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
-[...11 lines deleted...]
-    <t>3:39.27</t>
+    <t>Григорий Фрейдин</t>
+  </si>
+  <si>
+    <t>2:18.46</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>2:19.22</t>
+  </si>
+  <si>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>2:44.28</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
-[...14 lines deleted...]
-    <t>Miron Sedelnikov</t>
+    <t>Мирон Седельников</t>
   </si>
   <si>
     <t>2:45.48</t>
   </si>
   <si>
-    <t>Karina Gerasimova</t>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>3:08.52</t>
+  </si>
+  <si>
+    <t>Карина Герасимова</t>
   </si>
   <si>
     <t>4:30.68</t>
+  </si>
+  <si>
+    <t>Ян Горев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -953,134 +938,120 @@
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="C23" s="1"/>
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1"/>
+      <c r="D24" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C25" s="1"/>
       <c r="D25" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
-      <c r="A29">
-[...1 lines deleted...]
-      </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C29" s="1"/>
-      <c r="D29" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">