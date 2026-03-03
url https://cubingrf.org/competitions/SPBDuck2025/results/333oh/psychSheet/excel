--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,245 +12,245 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
+    <t>Дмитрий Добряков</t>
+  </si>
+  <si>
+    <t>13.45</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
-    <t>11.71</t>
-[...11 lines deleted...]
-    <t>9.98</t>
+    <t>13.48</t>
+  </si>
+  <si>
+    <t>9.64</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>17.53</t>
+  </si>
+  <si>
+    <t>15.18</t>
+  </si>
+  <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Максим Аммосов</t>
-[...7 lines deleted...]
-  <si>
     <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>18.67</t>
   </si>
   <si>
     <t>15.64</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>18.79</t>
+  </si>
+  <si>
+    <t>14.64</t>
+  </si>
+  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>19.35</t>
+  </si>
+  <si>
+    <t>14.95</t>
+  </si>
+  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>19.48</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...5 lines deleted...]
-    <t>15.00</t>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>19.81</t>
   </si>
   <si>
-    <t>15.25</t>
-[...17 lines deleted...]
-    <t>16.16</t>
+    <t>15.07</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>Михаил Николаев</t>
   </si>
   <si>
-    <t>22.47</t>
+    <t>22.10</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
-    <t>23.15</t>
+    <t>22.39</t>
   </si>
   <si>
     <t>14.55</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>23.80</t>
   </si>
   <si>
     <t>19.24</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>23.98</t>
   </si>
   <si>
     <t>18.48</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
@@ -266,216 +266,225 @@
   <si>
     <t>25.00</t>
   </si>
   <si>
     <t>22.93</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
     <t>Иван Смирнов</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
+    <t>Илья Зеленин</t>
+  </si>
+  <si>
+    <t>28.25</t>
+  </si>
+  <si>
+    <t>24.30</t>
+  </si>
+  <si>
+    <t>Михаил Древаль</t>
+  </si>
+  <si>
+    <t>28.82</t>
+  </si>
+  <si>
+    <t>21.51</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>30.65</t>
+  </si>
+  <si>
+    <t>22.17</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
+  </si>
+  <si>
+    <t>30.92</t>
+  </si>
+  <si>
+    <t>26.01</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>31.64</t>
+  </si>
+  <si>
+    <t>24.74</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>32.58</t>
+  </si>
+  <si>
+    <t>23.85</t>
+  </si>
+  <si>
     <t>Чжунму Сюй</t>
   </si>
   <si>
-    <t>27.97</t>
-[...47 lines deleted...]
-    <t>23.85</t>
+    <t>32.78</t>
+  </si>
+  <si>
+    <t>29.08</t>
   </si>
   <si>
     <t>Владимир Буковец</t>
   </si>
   <si>
     <t>33.18</t>
   </si>
   <si>
     <t>31.75</t>
   </si>
   <si>
     <t>Илья Посевкин</t>
   </si>
   <si>
     <t>33.32</t>
   </si>
   <si>
     <t>27.46</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>31.93</t>
   </si>
   <si>
     <t>Варвара Андреева</t>
   </si>
   <si>
-    <t>37.31</t>
-[...2 lines deleted...]
-    <t>32.22</t>
+    <t>37.04</t>
+  </si>
+  <si>
+    <t>31.10</t>
   </si>
   <si>
     <t>Пётр Ануков</t>
   </si>
   <si>
     <t>38.95</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>41.37</t>
   </si>
   <si>
     <t>27.56</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>51.53</t>
-[...2 lines deleted...]
-    <t>39.74</t>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
   </si>
   <si>
     <t>Тимофей Цыганов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
-    <t>44.43</t>
+    <t>34.52</t>
+  </si>
+  <si>
+    <t>Виктор Герман</t>
+  </si>
+  <si>
+    <t>53.28</t>
+  </si>
+  <si>
+    <t>47.01</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>55.35</t>
   </si>
   <si>
     <t>51.10</t>
   </si>
   <si>
-    <t>Виктор Герман</t>
-[...16 lines deleted...]
-  <si>
     <t>Артём Савёлов</t>
   </si>
   <si>
-    <t>1:03.46</t>
+    <t>1:00.17</t>
   </si>
   <si>
     <t>50.18</t>
   </si>
   <si>
     <t>Иван Королев</t>
   </si>
   <si>
     <t>1:18.99</t>
   </si>
   <si>
     <t>57.21</t>
   </si>
   <si>
     <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>2:53.79</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
     <t>Станислав Грибанов</t>
   </si>
@@ -483,53 +492,50 @@
     <t>45.88</t>
   </si>
   <si>
     <t>Мария Каличава</t>
   </si>
   <si>
     <t>1:12.49</t>
   </si>
   <si>
     <t>Полина Андреева</t>
   </si>
   <si>
     <t>1:26.90</t>
   </si>
   <si>
     <t>Александр Контребуц</t>
   </si>
   <si>
     <t>1:42.77</t>
   </si>
   <si>
     <t>Михаил Бормосов</t>
   </si>
   <si>
     <t>1:55.94</t>
-  </si>
-[...1 lines deleted...]
-    <t>Михаил Древаль</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1036,65 +1042,65 @@
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
@@ -1550,108 +1556,116 @@
       <c r="D48" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>144</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D49" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>147</v>
       </c>
-      <c r="C50" s="1"/>
+      <c r="C50" s="1" t="s">
+        <v>148</v>
+      </c>
       <c r="D50" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="55" spans="1:4">
+      <c r="A55">
+        <v>54</v>
+      </c>
       <c r="B55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C55" s="1"/>
+      <c r="D55" t="s">
+        <v>159</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">