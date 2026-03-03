--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,533 +12,548 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>29.37</t>
+    <t>27.77</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
+    <t>27.36</t>
   </si>
   <si>
     <t>Азамат Туко</t>
   </si>
   <si>
     <t>32.84</t>
   </si>
   <si>
     <t>25.98</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>33.15</t>
-[...11 lines deleted...]
-    <t>29.38</t>
+    <t>33.77</t>
+  </si>
+  <si>
+    <t>29.03</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>34.39</t>
+  </si>
+  <si>
+    <t>29.08</t>
   </si>
   <si>
     <t>Павел Галактионов</t>
   </si>
   <si>
-    <t>34.18</t>
+    <t>34.59</t>
   </si>
   <si>
     <t>29.54</t>
   </si>
   <si>
-    <t>Максим Аммосов</t>
-[...7 lines deleted...]
-  <si>
     <t>Вадим Сухарев</t>
   </si>
   <si>
-    <t>37.77</t>
-[...2 lines deleted...]
-    <t>34.75</t>
+    <t>35.27</t>
+  </si>
+  <si>
+    <t>33.55</t>
+  </si>
+  <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>37.44</t>
+  </si>
+  <si>
+    <t>30.51</t>
   </si>
   <si>
     <t>Михаил Николаев</t>
   </si>
   <si>
     <t>37.89</t>
   </si>
   <si>
     <t>31.79</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...16 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
-    <t>34.64</t>
+    <t>32.89</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>42.87</t>
+    <t>41.90</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
     <t>Мстислав Слабинский</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>37.59</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
+    <t>37.85</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>43.91</t>
   </si>
   <si>
     <t>34.00</t>
   </si>
   <si>
     <t>Максим Милосердов</t>
   </si>
   <si>
     <t>44.07</t>
   </si>
   <si>
-    <t>41.93</t>
+    <t>38.49</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
+    <t>Макар Тихонов</t>
+  </si>
+  <si>
+    <t>45.70</t>
+  </si>
+  <si>
+    <t>36.87</t>
+  </si>
+  <si>
     <t>Александр Черкасов</t>
   </si>
   <si>
     <t>46.15</t>
   </si>
   <si>
     <t>38.31</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
     <t>39.05</t>
   </si>
   <si>
     <t>Илья Зеленин</t>
   </si>
   <si>
     <t>51.62</t>
   </si>
   <si>
     <t>44.58</t>
   </si>
   <si>
+    <t>Иван Смирнов</t>
+  </si>
+  <si>
+    <t>52.24</t>
+  </si>
+  <si>
+    <t>46.54</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Хренов</t>
   </si>
   <si>
     <t>52.57</t>
   </si>
   <si>
     <t>44.38</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>53.05</t>
   </si>
   <si>
     <t>43.67</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>53.84</t>
   </si>
   <si>
     <t>43.89</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Иван Смирнов</t>
-[...5 lines deleted...]
-    <t>50.89</t>
+    <t>Ксения Варфоломеева</t>
+  </si>
+  <si>
+    <t>59.44</t>
+  </si>
+  <si>
+    <t>47.73</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...5 lines deleted...]
-    <t>56.27</t>
+    <t>Михаил Древаль</t>
+  </si>
+  <si>
+    <t>1:05.14</t>
+  </si>
+  <si>
+    <t>53.49</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
+  </si>
+  <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>1:07.50</t>
+  </si>
+  <si>
+    <t>58.15</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>1:05.64</t>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...7 lines deleted...]
-  <si>
     <t>Илья Посевкин</t>
   </si>
   <si>
     <t>1:12.10</t>
   </si>
   <si>
     <t>57.14</t>
   </si>
   <si>
     <t>Владимир Буковец</t>
   </si>
   <si>
     <t>1:22.05</t>
   </si>
   <si>
     <t>1:03.21</t>
   </si>
   <si>
+    <t>Виктор Герман</t>
+  </si>
+  <si>
+    <t>1:24.41</t>
+  </si>
+  <si>
+    <t>1:13.04</t>
+  </si>
+  <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>1:36.15</t>
-[...11 lines deleted...]
-    <t>1:20.31</t>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
+  </si>
+  <si>
+    <t>Богдан Бекжанов</t>
+  </si>
+  <si>
+    <t>1:30.41</t>
+  </si>
+  <si>
+    <t>1:19.41</t>
+  </si>
+  <si>
+    <t>Артём Савёлов</t>
+  </si>
+  <si>
+    <t>1:42.39</t>
+  </si>
+  <si>
+    <t>1:34.00</t>
   </si>
   <si>
     <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:02.33</t>
   </si>
   <si>
     <t>1:40.32</t>
   </si>
   <si>
     <t>Никита Дикорев</t>
   </si>
   <si>
     <t>1:20.90</t>
   </si>
   <si>
     <t>Иван Королев</t>
   </si>
   <si>
     <t>1:24.88</t>
   </si>
   <si>
     <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>1:26.29</t>
   </si>
   <si>
-    <t>Виктор Герман</t>
-[...8 lines deleted...]
-    <t>1:31.85</t>
+    <t>Тимофей Цыганов</t>
+  </si>
+  <si>
+    <t>1:34.92</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>1:35.25</t>
   </si>
   <si>
-    <t>Артём Савёлов</t>
-[...8 lines deleted...]
-    <t>1:40.82</t>
+    <t>Никита Золин</t>
+  </si>
+  <si>
+    <t>1:45.46</t>
   </si>
   <si>
     <t>Станислав Грибанов</t>
   </si>
   <si>
     <t>2:09.17</t>
   </si>
   <si>
     <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>2:10.29</t>
   </si>
   <si>
-    <t>Никита Золин</t>
-[...4 lines deleted...]
-  <si>
     <t>Василий Багаев</t>
   </si>
   <si>
     <t>2:24.43</t>
   </si>
   <si>
     <t>Александр Контребуц</t>
   </si>
   <si>
     <t>Арсений Прокаев</t>
   </si>
   <si>
     <t>Дмитрий Чесноков</t>
-  </si>
-[...1 lines deleted...]
-    <t>Михаил Древаль</t>
   </si>
   <si>
     <t>Станислав Симонов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1492,214 +1507,228 @@
       <c r="D43" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>130</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D44" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>133</v>
       </c>
-      <c r="C45" s="1"/>
+      <c r="C45" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="D45" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="C46" s="1"/>
+        <v>136</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>137</v>
+      </c>
       <c r="D46" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C47" s="1"/>
+        <v>139</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>140</v>
+      </c>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="C48" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>143</v>
+      </c>
       <c r="D48" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:4">
+      <c r="A57">
+        <v>56</v>
+      </c>
       <c r="B57" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C57" s="1"/>
+      <c r="D57" t="s">
+        <v>162</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="B58" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C58" s="1"/>
     </row>
     <row r="59" spans="1:4">
       <c r="B59" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C59" s="1"/>
     </row>
     <row r="60" spans="1:4">
       <c r="B60" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C60" s="1"/>
     </row>
     <row r="61" spans="1:4">
       <c r="B61" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C61" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>