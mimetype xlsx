--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -17,405 +17,405 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Славомил Волосков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Никита Попков</t>
-[...8 lines deleted...]
-    <t>Екатерина Канева</t>
+    <t>Nikita Popkov</t>
+  </si>
+  <si>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
+  </si>
+  <si>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
-    <t>59.22</t>
-[...2 lines deleted...]
-    <t>Максим Аммосов</t>
+    <t>58.17</t>
+  </si>
+  <si>
+    <t>Maksim Ammosov</t>
   </si>
   <si>
     <t>1:01.02</t>
   </si>
   <si>
     <t>57.67</t>
   </si>
   <si>
-    <t>Дмитрий Добряков</t>
-[...11 lines deleted...]
-    <t>1:09.29</t>
+    <t>Mikhail Nikolayev</t>
+  </si>
+  <si>
+    <t>1:04.10</t>
+  </si>
+  <si>
+    <t>56.11</t>
+  </si>
+  <si>
+    <t>Vadim Sukharev</t>
+  </si>
+  <si>
+    <t>1:05.43</t>
   </si>
   <si>
     <t>59.43</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
+    <t>Dmitry Dobrjakov</t>
+  </si>
+  <si>
+    <t>1:09.16</t>
+  </si>
+  <si>
+    <t>1:02.20</t>
+  </si>
+  <si>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
-[...2 lines deleted...]
-    <t>Александр Кропотов</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>1:09.66</t>
   </si>
   <si>
     <t>1:05.86</t>
   </si>
   <si>
-    <t>Азамат Туко</t>
+    <t>Nikolay Vasilyev</t>
+  </si>
+  <si>
+    <t>1:10.43</t>
+  </si>
+  <si>
+    <t>1:07.88</t>
+  </si>
+  <si>
+    <t>Azamat Tuko</t>
   </si>
   <si>
     <t>1:11.31</t>
   </si>
   <si>
     <t>1:07.29</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
-[...26 lines deleted...]
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitriy Tupis</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
+  </si>
+  <si>
+    <t>1:08.33</t>
+  </si>
+  <si>
+    <t>Timofey Tereshchenko</t>
+  </si>
+  <si>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
+  </si>
+  <si>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...8 lines deleted...]
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...2 lines deleted...]
-    <t>1:30.99</t>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>1:32.98</t>
+  </si>
+  <si>
+    <t>1:25.03</t>
+  </si>
+  <si>
+    <t>Mikhail Ignatʹyev</t>
   </si>
   <si>
     <t>1:36.89</t>
   </si>
   <si>
     <t>1:20.68</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Makar Tihonov</t>
+  </si>
+  <si>
+    <t>1:41.78</t>
+  </si>
+  <si>
+    <t>1:13.89</t>
+  </si>
+  <si>
+    <t>Mstislav Slabinskiy</t>
+  </si>
+  <si>
+    <t>1:42.15</t>
+  </si>
+  <si>
+    <t>1:26.17</t>
+  </si>
+  <si>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
-    <t>Илья Посевкин</t>
+    <t>Ilya Posevkin</t>
   </si>
   <si>
     <t>1:47.10</t>
   </si>
   <si>
     <t>1:33.71</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...8 lines deleted...]
-    <t>Иван Сидоренко</t>
+    <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>1:47.91</t>
   </si>
   <si>
     <t>1:29.74</t>
   </si>
   <si>
-    <t>Мстислав Слабинский</t>
-[...8 lines deleted...]
-    <t>Василий Николашин</t>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>1:53.03</t>
+  </si>
+  <si>
+    <t>1:41.64</t>
+  </si>
+  <si>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...17 lines deleted...]
-    <t>Иван Смирнов</t>
+    <t>Maksim Miloserdov</t>
+  </si>
+  <si>
+    <t>1:55.09</t>
+  </si>
+  <si>
+    <t>1:41.92</t>
+  </si>
+  <si>
+    <t>Ivan Smirnov</t>
   </si>
   <si>
     <t>1:57.53</t>
   </si>
   <si>
     <t>1:42.19</t>
   </si>
   <si>
-    <t>Александр Хренов</t>
+    <t>Aleksandr Hrenov</t>
   </si>
   <si>
     <t>2:01.95</t>
   </si>
   <si>
     <t>1:43.04</t>
   </si>
   <si>
-    <t>Макар Тихонов</t>
-[...11 lines deleted...]
-    <t>2:11.42</t>
+    <t>Daria Eliseeva</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>2:13.45</t>
   </si>
   <si>
     <t>2:02.20</t>
   </si>
   <si>
-    <t>Владимир Буковец</t>
+    <t>Kseniya Varfolomeeva</t>
+  </si>
+  <si>
+    <t>2:14.27</t>
+  </si>
+  <si>
+    <t>1:48.57</t>
+  </si>
+  <si>
+    <t>Vladimir Bukovets</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:02.97</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
-    <t>Ксения Варфоломеева</t>
-[...8 lines deleted...]
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>2:33.39</t>
   </si>
   <si>
     <t>2:02.92</t>
   </si>
   <si>
-    <t>Пётр Шипицин</t>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
+  </si>
+  <si>
+    <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>2:49.68</t>
   </si>
   <si>
     <t>2:21.80</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
-[...8 lines deleted...]
-    <t>Артемий Стукарчук</t>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>3:15.18</t>
   </si>
   <si>
     <t>2:19.92</t>
   </si>
   <si>
-    <t>Виктор Герман</t>
-[...5 lines deleted...]
-    <t>Иван Королев</t>
+    <t>Viktor German</t>
+  </si>
+  <si>
+    <t>2:45.27</t>
+  </si>
+  <si>
+    <t>Ivan Korolev</t>
   </si>
   <si>
     <t>3:25.35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -741,51 +741,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C41" sqref="C41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1216,65 +1216,65 @@
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D34" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D35" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D36" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>108</v>